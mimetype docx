--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,72 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
     <w:p w14:paraId="460B7841" w14:textId="705CD729" w:rsidR="004B6C64" w:rsidRPr="007A25FC" w:rsidRDefault="00272B90" w:rsidP="004448BD">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007A25FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Título</w:t>
       </w:r>
       <w:r w:rsidR="00F16CE7" w:rsidRPr="007A25FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00A27940" w:rsidRPr="007A25FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -274,72 +271,70 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A08D5D0" w14:textId="635C2B08" w:rsidR="00C24475" w:rsidRPr="007A25FC" w:rsidRDefault="00272B90" w:rsidP="004448BD">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A25FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Title in </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00487664">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="007A25FC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nglish</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4FFF77A2" w14:textId="77777777" w:rsidR="00C24475" w:rsidRPr="007A25FC" w:rsidRDefault="00C24475" w:rsidP="004448BD">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="169D7159" w14:textId="6137EF2A" w:rsidR="00C24475" w:rsidRPr="00A27940" w:rsidRDefault="00950EF6" w:rsidP="0034785D">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -795,110 +790,99 @@
     </w:p>
     <w:p w14:paraId="40E2077F" w14:textId="2E95FCD2" w:rsidR="00090F86" w:rsidRDefault="00090F86" w:rsidP="00090F86">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>⁴</w:t>
       </w:r>
       <w:r w:rsidR="00272B90">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tamanho 10, justificado à </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Tamanho 10, justificado à direita</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0658AB42" w14:textId="1C730670" w:rsidR="00536B0D" w:rsidRPr="00536B0D" w:rsidRDefault="00536B0D" w:rsidP="00090F86">
+    <w:p w14:paraId="0658AB42" w14:textId="115C745C" w:rsidR="00536B0D" w:rsidRPr="00536B0D" w:rsidRDefault="00536B0D" w:rsidP="00090F86">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00536B0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Obs.: Todos os autores devem</w:t>
       </w:r>
       <w:r w:rsidR="00D42521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ser devidamente cadastrados no momento da submissão do artigo</w:t>
       </w:r>
       <w:r w:rsidRPr="00536B0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DBA3EE3" w14:textId="77777777" w:rsidR="0031106D" w:rsidRDefault="0031106D" w:rsidP="00156EED">
+    <w:p w14:paraId="3E391084" w14:textId="77777777" w:rsidR="006407FC" w:rsidRDefault="006407FC" w:rsidP="006407FC">
       <w:pPr>
         <w:pStyle w:val="SemEspaamento"/>
-        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32DCDAE7" w14:textId="542F4F60" w:rsidR="0031106D" w:rsidRDefault="0031106D" w:rsidP="00156EED">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="60" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0031106D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1058,149 +1042,112 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
       <w:r w:rsidR="0031106D" w:rsidRPr="00B455F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0010613C" w:rsidRPr="00B455F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Abstract in </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Abstract in English</w:t>
+      </w:r>
       <w:r w:rsidR="00B455F7" w:rsidRPr="00B455F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B455F7" w:rsidRPr="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Não </w:t>
       </w:r>
       <w:r w:rsidR="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>serão aceitas</w:t>
       </w:r>
       <w:r w:rsidR="00B455F7" w:rsidRPr="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> tradu</w:t>
       </w:r>
       <w:r w:rsidR="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ções </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005347CC" w:rsidRPr="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ipsi</w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ipsi literis</w:t>
+      </w:r>
       <w:r w:rsidR="00B455F7" w:rsidRPr="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00B455F7" w:rsidRPr="005347CC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
@@ -1235,159 +1182,118 @@
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mesmo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F80175D" w14:textId="6DA139F7" w:rsidR="00C60717" w:rsidRPr="00A27940" w:rsidRDefault="00750E6C" w:rsidP="00156EED">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2637"/>
         </w:tabs>
         <w:spacing w:before="60" w:after="40" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D42521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Keywords</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D42521">
+        <w:t>Keywords:</w:t>
+      </w:r>
+      <w:r w:rsidR="007D00E5" w:rsidRPr="00D42521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D00E5" w:rsidRPr="00D42521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007D00E5" w:rsidRPr="00D42521">
+      <w:r w:rsidR="0010613C" w:rsidRPr="00D42521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0010613C" w:rsidRPr="00D42521">
+        <w:t>Example 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00090F86" w:rsidRPr="00D42521">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Example</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="0010613C" w:rsidRPr="00D42521">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0010613C" w:rsidRPr="00A27940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00090F86" w:rsidRPr="00D42521">
+        <w:t>Example 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="007D00E5" w:rsidRPr="00A27940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0010613C" w:rsidRPr="00A27940">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Example</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> 3.</w:t>
+        <w:t>Example 3.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FB0307" w14:textId="6FEE6CAB" w:rsidR="007F2BFD" w:rsidRPr="009F01BE" w:rsidRDefault="00A7045B" w:rsidP="009F01BE">
+    <w:p w14:paraId="72FB0307" w14:textId="6FEE6CAB" w:rsidR="007F2BFD" w:rsidRPr="009F01BE" w:rsidRDefault="00A7045B" w:rsidP="00090013">
       <w:pPr>
         <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00864F56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1467,589 +1373,513 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> da pesquisa</w:t>
       </w:r>
       <w:r w:rsidR="00B455F7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e específicos, caso existam</w:t>
       </w:r>
       <w:r w:rsidRPr="0010613C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8E8E9D" w14:textId="118538C9" w:rsidR="00613760" w:rsidRDefault="00CA1F47" w:rsidP="009F01BE">
+    <w:p w14:paraId="5E8E8E9D" w14:textId="7C3D642C" w:rsidR="00613760" w:rsidRDefault="00CA1F47" w:rsidP="009F01BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6225"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00864F56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C512E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>MATERIAIS E MÉTODOS</w:t>
+        <w:t>MATERIAIS E MÉTODO</w:t>
       </w:r>
       <w:r w:rsidR="00A466F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D005C8" w14:textId="640DB0CC" w:rsidR="0010613C" w:rsidRDefault="0010613C" w:rsidP="009077ED">
+    <w:p w14:paraId="78D005C8" w14:textId="640DB0CC" w:rsidR="0010613C" w:rsidRDefault="0010613C" w:rsidP="004D74C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Descrever todos os aspectos relacionados ao planejamento, implantação, condução, execução, coleta de dados e critérios estatísticos durante o experimento. Deve-se apresentar o máximo de informações e detalhes para que o experimento possa atender o princípio de repetibilidade.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A300990" w14:textId="5EB06A3B" w:rsidR="0010613C" w:rsidRDefault="006A2AA6" w:rsidP="009077ED">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1 Tabelas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B455F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Figuras</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e Equações</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385FEBC2" w14:textId="722C56A6" w:rsidR="0010613C" w:rsidRDefault="0010613C" w:rsidP="0010613C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0010613C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Descrever todos os aspectos relacionados ao planejamento, implantação, condução, execução, coleta de dados e critérios estatísticos durante o experimento. Deve-se apresentar o máximo de informações e detalhes para que o experimento possa atender o princípio de repetibilidade.</w:t>
+        <w:t>O título das tabelas</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidR="008A4C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>figuras (fotos, gráficos, etc)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deverão</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1F47" w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>redigidos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em caixa baixa (utilizar fonte Times New Roman tamanho 10) e</w:t>
+      </w:r>
+      <w:r w:rsidR="00B455F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> posicionado acima do corpo da T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abela</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B455F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Figura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, sendo que apenas a primeira letra da primeira palavra deverá apresentar letra maiúscula. As tabelas deverão ser inseridas no corpo do texto e deverão apresentar caráter </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4D6B" w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>autoexplicativo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Abaixo da </w:t>
+      </w:r>
+      <w:r w:rsidR="00B455F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>abela/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B455F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Figura</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deverá haver a fonte da mesma (Times New Roman tamanho 10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Identificar as tabelas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B455F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e figuras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em ordem cronológica conforme as chamadas no texto (Ex.: Tabela 1, Tabela 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B455F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..., Figura 1, Figura 2...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010613C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="009077ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Inserir espaçamento de 3pt entre o </w:t>
+      </w:r>
+      <w:r w:rsidR="009077ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>título da figura e a figura e entre a figura e a fonte.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C054D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Não colocar a fonte após figura se é de própria autoria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A300990" w14:textId="5EB06A3B" w:rsidR="0010613C" w:rsidRDefault="006A2AA6" w:rsidP="009077ED">
-[...57 lines deleted...]
-    <w:p w14:paraId="385FEBC2" w14:textId="722C56A6" w:rsidR="0010613C" w:rsidRDefault="0010613C" w:rsidP="0010613C">
+    <w:p w14:paraId="1E68DFC3" w14:textId="77777777" w:rsidR="009077ED" w:rsidRDefault="009077ED" w:rsidP="0010613C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0010613C">
-[...275 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5F7E95EE" w14:textId="0D8D440D" w:rsidR="009077ED" w:rsidRPr="00915A82" w:rsidRDefault="009077ED" w:rsidP="00915A82">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009077ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Figura</w:t>
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> Engineering and Science</w:t>
+        <w:t>Figura 1 – Logotipo revista Engineering and Science</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A6E598" w14:textId="78A56F9F" w:rsidR="009077ED" w:rsidRDefault="009077ED" w:rsidP="009077ED">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F85CA84" wp14:editId="3EAEE914">
             <wp:extent cx="1797939" cy="628650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Imagem 3" descr="C:\Users\Revista.EST-HP\Documents\REVISTA E&amp;S\Logo\Bitmap em logos.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Revista.EST-HP\Documents\REVISTA E&amp;S\Logo\Bitmap em logos.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1820486" cy="636534"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -2064,60 +1894,58 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F6F0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fonte</w:t>
       </w:r>
       <w:r w:rsidRPr="004F6F0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00915A82" w:rsidRPr="004F6F0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Callejas</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004F6F0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2015)</w:t>
       </w:r>
       <w:r w:rsidR="00915A82" w:rsidRPr="004F6F0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BECF405" w14:textId="77777777" w:rsidR="009077ED" w:rsidRDefault="009077ED" w:rsidP="0010613C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -2141,158 +1969,138 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>As equações d</w:t>
       </w:r>
       <w:r w:rsidR="006A2AA6" w:rsidRPr="006A2AA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>everão ser editadas com o uso de software compatível com o programa de edição do texto. Todos os componentes das equações e fórmulas deverão ser descritos detalhadamente, inclusive apresentando as respectivas unidades de medidas.</w:t>
       </w:r>
       <w:r w:rsidR="006A2AA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Não separar valores à unidade de medida correspondente (</w:t>
-[...19 lines deleted...]
-        <w:t>: 13cm). A equação deve estar justificada à esquerda e com numeração justificada à direita. Exemplo:</w:t>
+        <w:t xml:space="preserve"> Não separar valores à unidade de medida correspondente (ex: 13cm). A equação deve estar justificada à esquerda e com numeração justificada à direita. Exemplo:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="959" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3646"/>
         <w:gridCol w:w="3583"/>
       </w:tblGrid>
       <w:tr w:rsidR="006A2AA6" w14:paraId="1661C442" w14:textId="77777777" w:rsidTr="006A2AA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3646" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D88E4AE" w14:textId="3A1890D0" w:rsidR="006A2AA6" w:rsidRPr="006A2AA6" w:rsidRDefault="006A2AA6" w:rsidP="00915A82">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk48384201"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk48384201"/>
             <m:oMathPara>
               <m:oMathParaPr>
                 <m:jc m:val="left"/>
               </m:oMathParaPr>
               <m:oMath>
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <m:t>TO=Tc+Tp+Ts</m:t>
                 </m:r>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3583" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27B99A50" w14:textId="7F63D473" w:rsidR="006A2AA6" w:rsidRDefault="006A2AA6" w:rsidP="00915A82">
             <w:pPr>
               <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="55A6BDE6" w14:textId="6841DD28" w:rsidR="0010613C" w:rsidRPr="00915A82" w:rsidRDefault="00AA2792" w:rsidP="00826F00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="006A2AA6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="AdvGulliv-R" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -3853,762 +3661,563 @@
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
                             <w:p w14:paraId="3BDF6067" w14:textId="614AA57D" w:rsidR="00712457" w:rsidRPr="00712457" w:rsidRDefault="00712457" w:rsidP="00712457">
                               <w:pPr>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="19"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00712457">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                   <w:color w:val="111111"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="19"/>
                                   <w:lang w:eastAsia="pt-BR"/>
                                 </w:rPr>
-                                <w:t xml:space="preserve">O conteúdo deste trabalho pode ser usado sob os termos da licença </w:t>
-[...65 lines deleted...]
-                                <w:t xml:space="preserve"> 4.0. Qualquer outra distribuição deste trabalho deve manter a atribuição ao(s) autor(es) e o título do trabalho, citação da revista e DOI.</w:t>
+                                <w:t>O conteúdo deste trabalho pode ser usado sob os termos da licença Creative Commons Attribution 4.0. Qualquer outra distribuição deste trabalho deve manter a atribuição ao(s) autor(es) e o título do trabalho, citação da revista e DOI.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="Imagem 5"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId10" cstate="print">
+                          <a:blip r:embed="rId9" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="19846" t="31164" r="24091" b="33262"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="19050"/>
                             <a:ext cx="838200" cy="299085"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
             <w:pict>
-              <v:group w14:anchorId="4531FCDC" id="Grupo 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:31.3pt;width:506.25pt;height:34.5pt;z-index:251666944;mso-position-horizontal:center;mso-position-horizontal-relative:margin" coordsize="64293,4381" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDz/ExtVwMAALEHAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1v0zAQ/o7Ef7D8&#10;naVJ0y6Nlk6wwTSJl4mB+Ow4TmIRv2C7S8ev52w33WgRTGPSUl/su9zz3D3ns/OtGNAdM5YrWeH0&#10;ZIYRk1Q1XHYV/vrl3asCI+uIbMigJKvwPbP4fP3yxdmoS5apXg0NMwiCSFuOusK9c7pMEkt7Jog9&#10;UZpJ2GyVEcSBabqkMWSE6GJIstlsmYzKNNooyqyFt5dxE69D/LZl1H1qW8scGioMubnwNOFZ+2ey&#10;PiNlZ4juOd2lQZ6RhSBcwkf3oS6JI2hj+FEowalRVrXuhCqRqLbllAUMgCadHaC5MmqjA5auHDu9&#10;pwmoPeDp2WHpx7sbg3gDtcNIEgElujIbrVDqqRl1V8KJK6Nv9Y3Zveii5dFuWyP8L+BA20Dq/Z5U&#10;tnWIwstlnq3mpwuMKOzl8yJd7FinPZTmyI32b//umEyfTXx2+2RGDQ1kHziy/8fRbU80C9Rbz8CO&#10;oyw9nVi6IHxLUMPQFwCqUBbpCoc9V8ht3yhAn4ausPq9ot8tkuqiJ7Jjr41RY89IA1kGogHL3tXT&#10;bkvrg9TjB9VAScjGqRDogPDTIp0BneiY9cUyL+bZEet78kipjXVXTAnkFxU2IJXwCXL33jooNRyd&#10;jvgSS/WOD0OQyyDRWOHVAsIf7AjuQM0DFxUuZv4v6ssjfSub4OwIH+IaPjBI+M6ENuJ223obGs2W&#10;tWrugQSjomphysCiV+YnRiMotsL2x4YYhtFwLYHIVZrnXuLByBenGRjm8U79eIdICqEqTJ3BKBoX&#10;LgyGiOk1UN7yQIRPMOayyxb6bH2mOS3hfydKWB013L+HF3i5jUcQB6B4UgxBzPeNfgXzQxPHaz5w&#10;dx9mIVTDJyXvbji9MdF46F3ohajva0E6JtDC18af90e8A5jJkX89cO0L76vwjbs+6GJqa7+5Sx2Y&#10;OxhJf0Afx92lohvBpIvz27ABUChpe64tFKxkomYwjsx1AxOJwt3hQADacOliM1lDP0Ov+oGerop8&#10;GYb6PE2XOXhXOMtnK3CsKzyfZ8sgS1JaZ5ij/YRwAhXxP0lpUWTpyssNwpByGm/FvIB7KE63bLWa&#10;FYHX5+vMS+KR2iaR+ML4RHc1AjP0YrgXYPXbxfPYDqcebtr1LwAAAP//AwBQSwMECgAAAAAAAAAh&#10;AE8FRDbsaAAA7GgAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAFo&#10;AAAAyggCAAABcCN9RQAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh&#10;1QEEnLSdAABogUlEQVR4Xu2dB1wUSfb4ud29vb3bu9v/bwOru8bV3VM3uaY15wiYAybMOSdyzjkP&#10;WRgyDDlHyVGykiUJSBJFUUERw/91V03bTCCsoKj9/bxP8erVq+rq6jdvumeYbpGS2y8qW7sLb3Vc&#10;b3iSVtnuf17R5+hZjz1HvfYdd9592Gn3Id9j532PnuccPeu8+5DL7sP2G3dqT5pJyJRZJtMXmf25&#10;zHzOCvO5K00WbzBU8NSX87BQ89eVdjWbvZyQP5cZTJ2vNWmG7uSZepNnQS+jPxZoTZpp+Pt8kxmL&#10;4koe3HnYFZ9x7YG/u8jT4YHIbT5wCxdsHWJEuklu3rzZ0dGBdEBLSwtrXGBCWOsLBwcHpBQWFp4/&#10;fx7pAnn67MVPas1IiPV4+Va5f//+kydPhsU8YLGZeXDp1zxEBgk8nCBgHo9bH/Qxj0ASSUlJNByq&#10;CgQ5ALjeEzwcuWNY49Kv9YAheHqicXlAPlSJrTSoVqTQ6e88sPbyZXh4OJTQEw1NBzlAU+8OCHCw&#10;s7ODEjGAeYA3qgLLli1DQ9NBDlSJrTTIroKBeTQ+qBzAeiAEbgYAOwLXe4I7C+KvxEdDQwMad6Dg&#10;/iT0AYF+zYPaP2JPSR0p/Dx+/BhK1IUfNBoPBgYGH3/8cX/n0U96d0at5JA9AGO/5vEGGEbzeNRW&#10;MIB5bN26FcrRo0d/8sknyNIfPv30U6wJob/rQR1dmMeMGTNAQZaffvqJbMcORUVFqAqsXLly//79&#10;KHIRuIEPaBrYcYEOMA9yTAJkoUoeYB6kl1AHBGqCecC52duPj+Tk9GExj1fHpZ5La2vrPS6pqWl0&#10;wdYhACZBzOOPcw5fyvtMk2HPUHL/U8NrjjZnob7vy9wlmy2CtlkGbTYPXGfsL2YUsELPd7k2Z5GG&#10;56RNrBXavotUvRapeM1VcJ8h7Tz9AvtPadd5Mu7PVy009M/U903T46SMlDSasMfyBynzg3qcbzfo&#10;iK7TFpXQEhXXEF2j+r2E2mgJ1TESSuPEFcaskRm59IxHaIrI1Yq75c1dZc1P8+qf5DY+9z9x0UPq&#10;qOeeY667D8P1nNve477H4XruHFzMOe8+4ip1hLiSm0xczxn/sdBk5hK4aIOLObikM1P105F2tdEO&#10;MVb00v5jEXkxt9x01lKN/80AZ7iY0wX5eTZcBer9Msdo6gLzOSvTa5/fauvKio274+fBXM/1RKSs&#10;rIy8uCKwtrY+e/YsrtBoa2vDWk9aWloePnyIK93dkLiwxsXW1hZrfFBXciCPOp8KTTJvDFiMmpqa&#10;YTEPOPrMPLjAPOrENvY2D/KtanDAIwoC5tFRe6c3D3RmCuDBhJyLA25ubr07wGjQiobloe/jgoag&#10;9xe2JdxMgk09wW2C6Nc80CRQOW7cOGTkgfJZunSpQAeAGoSf/s7j119/BZ0aBRQ0NB2wT5kyBTlg&#10;U09Qk0CIOG0v6XseuMIFjcuDhYUFeAqcIgJ3FgQxD+XwPuYB0KfSy5Z6B/fvua5I6fu4gCsAoyDl&#10;4MGDlM7PnTt3sCYIPCJ385Rl+/bt/Z1HP+m9C70VKcgC9D2PNwPM435r57CYx9tZj71792KNpF/x&#10;ASWc3bx48YKq0qEfbFSmpKTAmZGmpiaqdnV1Qfn5559fvXqV6g4KAG7Ozs5Q7e88BOLv748U5CPQ&#10;s7y8HGs94XGGecDpWW/zeDMMo3kQxwVfypHgK6x790pKSt7M9Vx7ezuexxc210cfsZqwT0vMgD1b&#10;kzNP12eZkb+4acAOVsg2i6CNpgFwbbfawH+Zru8qHc48ZbelWj5LNDiLVb0WKHvBtd30i+xp553m&#10;yribBWcZ+GfC9ZweJ1XPK3niPtYPUhYLzjsSF3PrtcnrOU1RMXXR1cqjJNTGSCiPFVccu0Z+1MqL&#10;3y09/dXsQyI1d5+V1Lffutddd7er/v6zm23dFbeflrV0FTV0lLZ0pV12T7NzTnNwSbZ2TLSwS7S0&#10;S2I5JFrax5vbJtg4xduy46wdkx1cM5y9M1y809meaU6eKZfdE2zZ0Jpo75poy75iZhcgr+V7XsFf&#10;Rs1fVg1KPxm1AHnNIGmVYFnVYDm1EHn1EHmNEAUsEbrmmWX30oruJOY3JeQ1ppfczSq/n158N+la&#10;s9dF5YBLyoQzFvUQOTUYwe+CAueMLOesrO9ZOT+a+JyV87+gGHhJmcPVAy4qBVxUDryolFPz6FrT&#10;88KmZ2WtzyvuvKi8+7y67UV123Picm7HCW0oETv3HsQaDTh8vYCd3h3gUhFrJGqnibdaBP6WUCDa&#10;2tpYGyBVVVVYE4SrqyvWSP7yVv4y9AtaukDT2/9Q6q1z//59WAQU6cxyMMvRE7QcxS23v2fZMcuB&#10;l+NRSWnXcPgHg7fO4LxYyOvV4QWe2QAZ/OWAKwCeiwBkgasK7NEPdu3aRQ2yY8cOpIAFN/cDqgtS&#10;+gR5DuZywIi9bx5akWfvGBkZoWtF1AVAn22hKnbqC8ofKRRNTU1Y47bSS7Qcqqp3jh29PQjLgarU&#10;BhCgT5w4kbIg515QVFQkRiGZMmUKGgHRn+4I3IFk06ZNBgYGuMKdHj/Pnz8f5OhAVaRACVf0ULa0&#10;tFCWjz/+GDn3zq+//oq60JcDFNzcD1CXgfLmXiwuLi4D2p/XBG91gAzOcqCFQPNAuri4OG4T1PoG&#10;wNvuiTA7BbUc586+Ru5AM6BAe06H/t9Y/efx48e+vr6g8G+iT6iJ0RWqCtB1AFWp5bjrwB605RgO&#10;4JmRc1u4cCGlIwXo6OiAanl5OTKicnBeLO8NzHL0AC1HVdzXd6pZr/Vi4VEo0L9zIfhbB5fXH5+K&#10;DnV19UHIHbhOgqpoOZBOL0eOHAklHbDfuHEDSmD8+PFQ4gY+Vq5cCSVyoLtRFgQy8sPThJwB0NFy&#10;oA/KBiE6EFDduXMnMs6aNQvKL7/8EtkFlq2trXQL+s7kl19+gfmIiooiOwJ0BNKFldnZ2bA/oAuE&#10;cjt9+jRlQcbk5PRBWI73hsGJjveGhw8fwiJA7rhy5YrIqEOs4iM/rdBdM+GkzYsWtku09/MXL1YY&#10;+m+08JUwDxY3D15rEbzJOvQXj/ONTU1w0XnwcuQJdvRxp6iM8vrjjpHHLkf+RjZpBWXstY3YbR22&#10;ixUqZRWq7Z+62dhfkZMyaRNL3T99k0nwJuOgzcbBO8xCJU1CNhgGSrsmQNMl5/idpsHbjQM36Po7&#10;xxfuMQtbq+nnmVTyYtJo39QyXd8MZbckJddEJZcERXYcyMT9VhP3sybsZU06ZC1jG/nbIctvN+p+&#10;u1GH+FYJyXpt0bXkd0sSGsTXS2tUv5NQH71WfbaU/tT158auVRkroWxu7z5OXGHsGrkvJsz9bvl5&#10;0UUnbbxjv5xzaNTS0yJZ1Q8q7zwra3pS0fq8rKW7uKkrp+ZBTu2TqzcfZ1xr9DtxEcRr3wmPPUc9&#10;9xz12nvcTeqoC/kfhuzdh9i7DvkcPYt+N+Z79JzP0fOue4+S/3B4GHxAXKWOGE5fhP7tEInWpBkG&#10;v80znrbIZMYS01lLzf5cjn5VhsTsz2UWiu7GShx9WXedSy5WWkEszSBTFR+oap+wRP+1iP5BkZRl&#10;JjMWa0/5U5P8T0WdSTN1J8/SIwV07cmzDH6fB6I5aYbOlD9ho0ZTFxhPWwAbtdt+NKm6+2rd87q7&#10;T9x9gkyt3W75erT7u9dwPEVKbj26da+79nZnw/3nN+8+rb7TXdb0uLS5q6TpSVHlnVQ7dpq9M0ii&#10;JfkVnKV9EsuB+AqO5ZBgy463dkqwc0539sxw5WQ4e6exvdLYngk2jvGsywnWxLdwSbbOwWoGAQra&#10;vucViW/h5DT8Lir7yaoHXlIJklENllUNIb6Fe/UVHMjVotsZJW0p11vQt3BZ5e2ZpfegGp9e6XVG&#10;psdXcOS3cIHSKpyzspwzsj5n5ejfwoHue04u8JKyP/kdnd95BfIrOEJCdczzG59db3pe3PLsRuuL&#10;yrsvqu4+q257UdP2ol//3Bljp4G19x0ilfbO9evXwe92+yMom9vJTj3Bfu8IFy5c4HA4oBw8eRJZ&#10;6PR3OXoB+70XCP2OluerU09PT6wJp/evZnl4na9mB7QhHiar8341Swm0EstRWloKZV1dHeHe3d3e&#10;3o4UBPrX6OTkZFTtk5s3b2JNCO7u7lDeu3cPyq6uLtLGC///VANKSkpQ+vj41NTUgAJhT5oHBs8S&#10;0AVaP/TTsLa2NlgB/LJnLvCp5SgrK2OWg4mOnjDL0QNqOXIbm5jlYKKjJ9RydNbUMsvBREdPBmc5&#10;1q1bhz5rHD5oamriyQ0Eajk6au/89eVYvXo1/upx2DB+/Hg8uYEwONHBvxz4GHHB1gGCO3Px9fXF&#10;Df2AvhyioqJQVlZWGhoaIoswBn85vvzyS5g6/YYBxLgk2KN/gD/qPmPGDKSAZe/evbi5L6jloMYB&#10;Ro0ahTVBwDyp5aiKmzoIy7Fv3z765umAHUBufUIfhEfHHn0hcDmAzz//HCnInpubC+W8efOgpC8H&#10;4nWXg2fbPECrhYUF8uwdapxPP/0UdKr64sULNpuNnXpF2HJQVbod6bD/g7kcMCi1jbFjx8K8kU4Z&#10;AdDRdHuH6sKzHADo2KlXBC4HORKu8tihfPz48SAvx/Pnz6EKCgxtb28PVbQlatugoOn2DuUPgB4d&#10;HY0rL1+yWCzs1Cv0VArQB/T394esjCs0wGeQlwNVeXYGayRQRdPtHZ4RqOXoZ3eAZzn6ySAvB/r9&#10;HyhffPEFlIiHDx9CiTxBQdPtE3oXtBygwFsmbu6Lt78c69evp/ZBGP1fDgCc6Tg5OeGGfvD2lwOA&#10;SWOTIKA1ICAAeQ41w2I5AGErQhzfgYTGa9LLcvDMkF4dnOUg95QATQXpuK1n66RJk3Bl6MGbp8Fj&#10;RFW6kVqOqqrHg7AcAH1FKJBRSUkJ1/sHGhltAkDG/kP14ikp+JsGOToQaOd5wG0DAY2MyuDgYNI2&#10;AMipYa5fvw4ljxFV6SW1HK/1aRiMNRS85uBUdyjhzZ7SKVCVXg5JdAwT0Nzg7R9K9IsQMKLzZgRU&#10;nz17hjxR0+Asx3sDtRwVV4nbuzHLwUQHDWo52ptCmeV4tRyP2nKHZDnq6uqwRgMu8LBGcvbsWawJ&#10;groV6Ovzz3/+E8q//e1vqMrPoL1YUH7u7Oysra1FFgSy907vPv0ZoZ/0ORS1HMnJyYOwHAAMhHSq&#10;RJCNGFSFksViIQVBNr6srq7+97//jexUiaBboESQLS/hLXPEiBFIr6qqQna6A0AZUZW4zyGpL1u2&#10;zMLCAkYYzOgA7ty5g3Sekq4AApuoEkG2EPDr9FJSUpLSEaAjkI6MCLqR3gQ6Ai0H+j8pYBCiA0A6&#10;vaQrAI+Rv6RDt/B7ClwOrPXUAXpHehP6vQQwtMvx4sULpMNmyBYM3Rmg/FE5f/58HguUCH47VaLP&#10;ZeXk5OifNqOSgm48cuQI4cS1ZGdnf/zxx+3tDwZnOd4PmOXowaC9WN4PBu2d5f3gwQPixQILISMj&#10;g5cD31SOBrx9otu+8cBzrzkewU7vFLAEPaLjsKadvK3CPHnnk46xhYmK8pzkvfZRmy18xUyDxMyC&#10;JCyCN7BC5PxSmuNjXuQsjSu5yYrNJX7t5BhFyOUoveB01HTePd40MmeXVdhuVug+q9CtpoHGwenG&#10;HlctOdkVTXc3GRO/dtpmGrzLPHSLUZC0azxqev7iBZLwnMoNugHrtPwmnXDoILlW3aLqkaLkRv7U&#10;yTlekR03Zske4tdO+4hfO61RcD9mEjRys963m3S/3UD+2mk99zZ6a7WIXzuJa4iKqYJ8v1Zj9Dr1&#10;0WtVx6xVGSOhMk5CaZyE4jgxeQtLy1ErL45cembSWmkHv3jR+UdHztsrIq7q8fnV9lGHWb9fdFog&#10;azdL2X2GsvtsdY/52pzZmpy5upwFej5LDPy+ctwlZhIgYRqwyyp0m2XwNsugreZBm8wC1psEQJOE&#10;ScAaQ/+V+n7LdX2X6XJW6HDW6HD0/JOnHXNaoslZoeWzXNNnsbr3YlWvRapeC5W95it5/H7IaZaM&#10;64yL7OkX2NPOs0GZLeM+T8ZtygmH56sWgqBbBxr4Zej7pBE3EPROEf1t6Tgpc1iLCVKWP0hZTJSy&#10;uGAZMmmPCXctyFvEo7VANxZco/rNGuURa1S+l1AdJaFK3jFeeSxx03jFsWLyY9fIjl4lPUdKy8Q1&#10;srym8cvZB8askRd5uEPycUhgUkGtCls/0MdCJ+NWgNzPuc1PIvSWuGc1VbV0ul4tzoxyPznt67Ub&#10;N0gG1Vpt/zzuxq2ylq5UP2MnY5bnkY0RikfjrS+nWl+ONLP9Q+JEognrio5aoolVoqnVieU/hsme&#10;mLBffcXPP7jInVg6babFaaMzWuYTv/4x2SPAztLDft8/Yl38Mjz8r3oH71q/Y9clRwUTD/tLp8ad&#10;Y/nJL120YMmKkeuD3QJOXDBNcPUUk7VyOnpkwZz5/1yiYTDlswCngFSPwBhrV7eLmuY7T5ptPKg7&#10;bbHhkg2sfRdNxHaZrttrun6fxe4zxhK7WfulzTcdtNp+3GTWMuPpi0ymLyZ+ejZzidmfywghf1BG&#10;/w3aK5mzgiWxyyesyJmTe9kt08Hjqq1ruqV9AssxyYqdwvYt4ERWeAQWugcUsr1znHzy7D2uWruk&#10;XXZN1vhjoc5vc025g78S/LM14pdrIKazlsJ89H6bqzl5psb/ZmhOmqE1Cf+QjfwtG3Hvfbroot+1&#10;QStUf5lj+Pt8oz8W6P82V2vyLKLv5Jm6P/+p/+tcg9/mQZPh1PmEw9T5xn8sMJ62iLV+T1Rhe+i1&#10;tqTqZ8nV3Ym5N6qra5qamlQMbeAiSU5J38vYJFJsXsGGeRUVFelr5waILSB++2Wtq4vyCIW55IWn&#10;T3PrHuCqiVsmUh7eT0AKSTn+y/CeQrzNvj59/jysd/AoDMMMHBzmfhnSer7R5eV+WvuRBXE5Miel&#10;vBwU6ZOXDrOSasO0HQzcD0tpKbBCykk7gh4cx3cfkZbT73yKTmzaMz3dDlpnWR9aDZWjl8wOndVk&#10;x5a23n1wcr826UCAR2EYGi5cuMBms6Ojo3H99u2k27dLi65dKyrNK75RSd69Ni/SOf5G5r7TOmu3&#10;7cFOvd/JluEDBwdHWVlZQUEB0oFSElzp7r5//z6cpOAK+StSR0dHXOnu9vDwgCyCK93doaGhAp/A&#10;MyCysrIiIiLCw8NRFS4oYT4pKSmoClhIXsRad/e1u1ihGC+dibXubl9fXw0NDepXt7KyslBSI6uq&#10;qsJsdXV1URW4cb/b3jogJ8TFN6URWdCPXBGGhoYPac8LAqA7YGJigusk4FNDguvd3XZ2doWFhUhH&#10;P89Ft155A6BfxMKVO/XrWIuy7kPhnVPUms3Yt/Udbwfd7J6n1tza9CQw6u7TzmfIBzoymeODwCnt&#10;Qf8F90GfCgLoMyGGDxD0uSgCnwNyYYLjQweCA90TC0AxkZSUVFxczAQHA29wPOHCBAcDb3AUt9zO&#10;bWxqe0Tc4IkJjg8d/rcVYDrbDUomOD50BAYHggmODx2e4OisrHqQcbVu3VYmOBiYzMEgHJ7gKJ1r&#10;VjrbFOQtBIeIkB/KMdBB/+z6ZuANDjIyqvd7vIXgoP/8uHf8/f0XLVr0G4m0tDS2vnG0tbWJf0zu&#10;iaWlJW4eGoT9IrqxsRHPQETk1q1bYImJiUFNf5lh9LbSS3B4eHjg/e4HuM+Q8fPPP6MNOTk54anT&#10;sLa2Rq2zZs3CHQYV/uBAm8MVLk1NTejpYX8NOPxQ8gRHx72yqripr+57BCDvN4DA4Pjss8/QzgPY&#10;TzhdXV3YVUTEz88PDzGooMHx9rj0YsTdBg+e4EBbwRUhgAPkFVD+/e9/U85kP0JHCoDsNjY2oLNY&#10;LFCGdeZAkwawR7/B3Qb72KAx8Ta43KWBTVyQP+48SAw0OKC1vb0dV16+VFVVpfzpHYlRaHY4/KDw&#10;BMe9e0+ePIEXYNfbDw403QcPHuDmAYK6A3i414bnoTgI6odTCOq5lhRgnDZtGh5iMPgLwQHZF1dI&#10;KH96R2KUvoIDOHYUK28zONBcAdxGPv4Jm7ggO65w+eqrr5AdQJZTp07hQV+P//znPzAaHppLf4Jj&#10;6tSpeIjBQOAJKdo6rpC3kqRXQS8rK6N0pACgd3Z2UjrVROnD9G2Fmh9i7969PBaEQCPFiBEjkAMe&#10;9LVBo+HRuaCnnQL0+9ohkB13HiQEBscQITA46tpLoBxGwQHXrjwWBDJ2cx9m9ujRI6QgUCuABx0M&#10;0IB4AyTCggMZcbfB460HB2J4va2gexLSQXZc4YKMCGTp580p+8+//vUvNDK6lwAPN2/eRK3wTo87&#10;DCpMcBCgJZaXl8fNAwR1B/BwQ8D06dPxNmiIiYnh5qHh7QZHe07tq6sVdXV17Dj08AQHgNeb792k&#10;T3C3oYyMt8UHmjnw8STR19dHa8HhcLCJPNLYVQjYjwR1B3D9PQLvbV80NTX14uzu7o41ct2w1hP+&#10;4AgJecCybHvLwYHAh5cEm/pi/fr1uENgoLGxMbYOAXjSJFSVakLKEIG2Reejjz4C+9dff43rL1/q&#10;6uoiZ1AAbOVCNaFzedChvHv3Lij0pxrwB8fxY1h5+8GB8PLywke73+CeQwlM+NmzZ2lpaaCMHj0a&#10;LLa2tuR+DG1kAGgrCKjSbz9Hd6DrPPA08ehUdZi+rQgDDgA+/nxgjzcFTPjx48egUM8hR0akDCnE&#10;YnGBanl5Oa6QUA6kbw9nCp4mHp2q8gfHLamD9Rskh2lwMAB4vUjQ99W4Qq5hZmYmpdOb6PA0gU7d&#10;HI7eNIwyB8NwQ2BwPHnyNr54Yxhu8AQHa2dpdd59C8lSJjgYmLcVBuHwBEdV3Nd1GfOZ4GAgGF6Z&#10;g36qHBkZCfp//vMfVBUG+GzduhVXekINBRDjCjl1R/Te2juv01cY6CMpXBk41HNCEKD/hdGGb3Ag&#10;+C08QGt/gqNPBuTMw+v07YXXHPb1Z8UTHPHx8VDKysoOi+CgV3uxU7qVlRWlAzw6VaXbqcwExgUL&#10;FlA65UMpAKVPmDBBSUkJ6QDdhw5P35UrV1I61cSjv3jxAum3bt2i25ECEN40u5SUFCglJSXIQody&#10;A8hOvY1WU1Nz7do1HuNwzxwUdDvdDRR65uBpQgpAtwOoCuC6EGco//WvfyEjHdRKwVOloNtBFxgc&#10;kpKSSC8uLqaMCKrKY6cQZkfQW0GnqnQ7hUAjPTjImz294l0NDqz12gUpgDAjqra2ttLtAKpCCckD&#10;WQAeHwq6HfTegwMABc4VkA7Q7fQYNTMzQwrlIBB6K+hUFRT6mdwPP/wAJd0BgZ5oNlyCo5BGaWkp&#10;ttKgdoD+zSHAZrOpJgp0DxoAlhtrJNA0ceLErKwsehfc9uQJrAjWSFDrhg0bwPPSpUuoiqB+IwM6&#10;z78n0qF81NTUkAUPTQKDYI27rYiICPDfvXs36PRn0dE3h8DdSLCJC32X4X0KayTIAT12hD4aAhmp&#10;7XZ0dGZl5aEwwEHB5S1kDoZhxfB6W2EYVvAERxUXJjgYBFytoIfPADg40GNn6ovy9o9df51UzXbN&#10;KvE8S6qvaCEhfxTYN9nZ2a2td4TJpo0beSw8gkdhGEogLFAcoDBAOoXIqEMskICkPOfIjIN6ntOk&#10;nVare4Zklz+7F9zR4u6XVeqTWeqbWeaeVuKQWGgZm28Vm6kTlqkanCHjm3reO+m0Z8Ipj/gT7nEn&#10;3eOD8ipCC6qqtq6pXLskLL8yOLciILscurulFjknXXOMz7eJyTUNz9QPTNHwiVfxvKLgHivnFh2e&#10;Wx6ZV4F6hWSXBcEW04vdkq7ZxeRYhF81CE7T8ktS8U5QcL8i7Rx9yiH8iE3oYZvgK3ngWXbaNGrS&#10;JlZAZolverFXSqFL4jX72FyL8CyDwHQtn2Qlj3hpdvS5yxGn7cJP2oaesgkJSCsKSC8+YRwBvTwT&#10;Ctzi8tkxubbhV80C0/Q5SRqeCapucfLOsZcuR523izhtHXaSFXLUIujnoxZFN1s62ts7OjoKSm/m&#10;3mjILr+VVVafWnQz8VrVldyKiKtlwWnFfkmFnPgCj9hcl6hs56jsMQu2TdxtOHGXwYRdBhN3Gkza&#10;a7T4jPVRfe8Thl6LzliN2aL5rYSKqISyqIQSt1QSFSdFjCtrkCiKrlEQXS0vuoqUlXIg36yU/Wal&#10;tOhK6ZFr5L+XUBlFymgJ5dESSiBjsCiOFVcYKy4/TlwelePEFcaJyY9ZIzd6jczoldLfr7wwcunZ&#10;EUvOiC48+fX8Y1/NO/LVnEPfzDs6aump0ctOLdguIzLqIOujpWdHWmR3Vuh/csBu9FGr0cesFql6&#10;dteZG5kd/5FdPVvZTdwoYIWen5ix73oT98V6visM/deZB8/T5czT9Vmg57NQ32exge8SI/91lsHj&#10;2MdDyjJKa1te5i5ebxZoHJmz0Txwr23YbutQKevQA3Zhe61DD9tHSFmH7LAM2m0VstUscI916A+0&#10;XlI24bttwrdbha0zDtxhFbZK32+Vno+Yge9G44C1Br6bYCsGfss0PGVcYzcY+c/cx4bD7BhcIK7n&#10;t8E4UFzff7MJ8UCoLcaBh6wjdpiGSOj5S5oGr9fzX6vnv0rLZ6N+wAb9AKrXUhXP5apeCxTcxLV8&#10;Vqp6r1bz/lPaRULLV0Lbb768+0J596VKngvl3KecdND1zUAPkAIuOsbLuSRecoyXd05UdktSdk1S&#10;cIGoSjxvG33eLlqRHXfJPvqsdcTIWevHSZlN3M+auI+QCXstf9hDyAQpi18OW+/Q9lWwjxSTcxot&#10;afDtRuJRU/iBU0jQo5bQk6fWaZEPXOI+c0lcg3wKlbroGjXRNaqia1RGiKl+J6E+SkJ9tITaqLVq&#10;oyVUFRQUNu05NUZCecTi0+hxTD6s8ePEFb9bdIR8KJPcv0dPnfLDNIiPUSsufLfs3LeLT1Hx8eWc&#10;Q1/NPvjtgmPfLzoiUtjUnVpyu/hWR3Xbi/KmJ2VNTypan5U2PykGveVpSfPT4sau/LqOnJuPcuuf&#10;XK3pTK1oz63vzq1/FunA8T9x0e/ERaI8ftH74GmPPUc9pI4S5Z6jnnuOee097rXvhMfe4667D7uQ&#10;4ozlEHv3ISeiPOx16LTvsfOEHCfLo6g8B+Jz7LznwVPIn5TDzlJ4HBAY01XqiPOugxZL1upM+VN7&#10;0kztycQjjIgSKaRoTSafX/TLbMOp842nLSQe0zSDfEzTrKV9PKZpzgqwm/65zHyvsrman4myj6GC&#10;l4Gch56Mm460C4iZqq+NdoiVVjBLI9Bc1c9EydtA3lNXxk33kovmmkP6fyzAj2aiC+0ZTcRjmmYu&#10;MZq2UPfXOZqTZmoKeExTj2c0kY9pIuyEw5RZer/OgT0ymrpA75c5WtAdOoLDz7PxY5qmLjAiW2GX&#10;TWcuho1aLFjt7xyVVPMspeZZRt3zzLpndXcf32rrIuRel4KqScO9rmqOxx0/9wf+7u3+7g2+nk0P&#10;X4h0mRqEp5cX1rZFldyf++3X+bX3tNXNt2+y+X3JDNWjKUrZLddS9FhXKn+Utj6lHh0TIO10taqs&#10;pSvK11HNPiHZymTn0oWp1pf99HQWjfgpQvFooLzi/h9mEM/w0rg0etF2Z02LGeO+j1A7v3DL8Thj&#10;szgz649/mpXkZqGqYZvk7p9g77r5jM6Pv/yxfvHRVK/Ajf/4Z6aHW5aH/YGjmmnuvvrr16QERi9f&#10;a/D/RDdNO2MZaXAi3tHj/AXzKBvzZLbbz7PnJVy20D/0baCOhe3+8xY7Txkt3ag7dYHFjlPmkieI&#10;x3it32+2+ZD5jpPmO0+DxXLLYUuxncbTFvHFBz5yguNjzgo3fRe3wEInr2x713R7j0xrp2TW5USW&#10;Y5Kta4YX+Qwvn+hKtle2k3eOk2+ejUuajVuG2QlVjcmzjGYsfhUWlNDiAyYAMzH8Y4HOz7Ph6EJ8&#10;QHDAkcbxATHNGxyzwEgEPUTJlD/1f5sLhx9CBHUnOkLQ/DLH4Ne5hugxXr/PN/p9HvEYr2kLjGcs&#10;8XIIjS7rjC59lHLzecKNDofAtKamJq8rBR5ROf4Bob5x13xXz09fSzzDK3/d3CjxeU0PXohUtT4t&#10;vHmv5nZnY/uzutuPa2933rr/rOH+s9q27pttz2rudle1dpc3Py5r7oKYKGroLGl8XNLUVdrUlR2V&#10;kmrLTrNjp9k7pzm4gKTasZNY9okWdomWhCQR4pDEIiTBwi7e3BYkwdopwZadYMeOt2XHWV+GMsmW&#10;nc72BMlw4WS4eGc4e6c7e6U5eaISJMnOJd7aMd7WCcpE6GvjlHTZI9HOGSTByjFC1zxAUSdAXstf&#10;Vt33rJyftIq/rJq/jKq/nAYIVAmRUYPWQFn1IGmVIGnVYBnVYFkQtWA5tRAQefUQeY0QBcGSGJyU&#10;Vf4go6QtrehOauHt5GstiflNCXmN8XkNyddbrpbdz7rxILP0HjikFrVCa1JBc4g9x/OMDOe8PDE+&#10;jNxDYFukkJsGB5iJ/0Uln3Ny3mdkOSBnZX0IkYN9IXaHT8AIrSB+5+UDLioFXlKGErqTfeV8z8n7&#10;XVAIuKAERkoCSbek6Kz8xucFjc+uNz0vbHpW1PSs9Pbz8tbnN1qfV9x9UXX3ReXdZ9Vtz+ENhCyf&#10;17S9IG7S0CceV2uxJgDiSfCAiS5x/7mnT1vJkuF9AAcH+cQ/BoYe4M85XhM82F8CD8Ew/HgVHKHX&#10;K3ICjHGFi0MKVuhcL6vBGhd8nJ8+rSsvxFq/wUMwDBk3btzAGhd25FWs9QoOjrqG5vyy2gRn2WAb&#10;dWShaL59O6aoauu6S6rKegZnT9nH3jh5yUbqMAs3k+Dj/PSplu+1C4vWHbTOAv3sZi1vuUMNDQ2d&#10;lVcaGipOrN7td/PpWpM0w42rb1f4IX8AD8EwlLS0tGANUZHoGZ9VmRt3u5L4PjbH5VJD821Fz/wt&#10;209euayGXADmbYVBKMwDABmEIjg4DA0NscYHh8PR1tbGFUHcvcv3JM+B8+TJE6yRdHZ2Yk04ZWVl&#10;WOODelAoAEPl5eXhCvlU1NraWlzpC/TQ0Pr6elTlp5D7cNBhBfXE0H7KVB3iuaEAERywdkBiYiIy&#10;oSevqquro6qampqmpub58+dRFT1GlSc+wIKUe/fuKSkpIf11iI6OrqysxBXhPL7XgLWewTFB5tVz&#10;ZRUUFGJiYnClP3R1+lelq6nIo5qFhQVSgMePH8PLpquri25EC4J0Kjh4HioL0Kuw2pcuXcKVIQYd&#10;7/9xD3xM8B238qeSYZ1W0e2JGffRg2Tnabbs0mn2DiCeMYvcUF8cHPByp4IDCA0NxRoJtfMAXQfI&#10;lTkL0YPr3d1wBoq11wBOsNPS0nClu/vWrVtxcXG4IgR6cNAfOkx/PjIgJyfn4OCAK93dEOWmpqa4&#10;0hcCM8eFCxewJjxzQLqlB4etra20tDSuDDH5tZ3oeL+kPXS4T0F9mXOO95/Ox095Hivcu+BuEBzo&#10;vBT9UxDDh8bz58/hTCAnJwdioKCgAF9AcmGC44MGguPMmTNMcDAIgD9zwOkdigyACY4PGv7ggIvN&#10;c+fOMcHBwJxzMAiHPzjQb+YAJjg+dJjMwSAU/uDIbWwKKitngoNB0AlpUsr3LLs7Dx8ywfGhI/Bt&#10;xTDjKlKY4PigYc45GITCBAeDUPiDo7OmtuHISSY4GAQEx6PS8jtWdkxwMAh+W6lbs+HJvXtMcHzo&#10;MOccDEJhgoNBKPzBUTrbFOTtBAe6zyFD7+DFGnr4g6Oj9g7IWwgO2G38rDaGXnlj8cEfHA8LG+5G&#10;FjPBMXx5i8FBZ/gGh4qKym8k8+bNc3d3x9Y3DvVQe4r/+7//w21DBmwFL1lPFixYgOawatUqqB49&#10;ehTZ/zLvWHCgnRfG1KlTsd/QgzcpHOw3BMDgeMm4jBgxgsdITuF1E8w7Exxob/vDxYsXcZ8hA29J&#10;yOrjtiGLDxgZb4kEPe8YV2gINPYT1Jc/OKripoIMr+CAJgrqoak8/PLLL9iDBPccAtD4ly9fxhsm&#10;AQvWSDQ0NJAb7jOo8GwLbQhXaDQ1NWFtgGhqaqIB34HMQe47gba2NnYVDnYlwf0HFTSyp6cn3h4J&#10;MgK4TuLi4oKMuOfgQd+QqakpVB8/fozrgnjx4gXVBZSOjg5QgoODQQcWLVqEFAD5zJ07F3QbGxvw&#10;GdbBQc6ZADv1A/T4C+CTTz7BowweaGS8JS7/+c9/wEh//AoCOeOegweMiTfA3QSuCIHHgarSn/MC&#10;SYLSDx48iPRhnTnAgsAe/WbSpEmoY0BAAB5rMEBj4m1wIe8S/gps5YK64P6DBH0Of/vb3+hVfsLD&#10;w3kcoLpz505Q6MEBUHovwXHv3hOQYRQcioqK2GMgoL4AHmswQAPiDXBBRgps5YKMuP8gQd+Kvb09&#10;VCsqKnCdD3L7PWZFWf5CcJiath07etuZTdww/20GB1QRuHngoO6+vr54xNcGDYhH54KMFNjKBRlx&#10;/0GCZytoE7jCx8mTJ/n9x48fD8pfCA46bz84eLZ+5coVMI4ZMwbXuYwdOxbs7u7uuE5CDkCAR3xt&#10;YKh//vOfeHQuaBMU2MoFGXH/QYJnK/wfcvDA00pV3/ngwG0kyELxxRdfgPG3337DdS7IGaiurkYW&#10;POJrA0PBezwenQvaBAW2ckFG3H+Q4N/K999/D8Y1a9bg+suXH3/8MfXYuZUrV1JdQkNDV6xYgfT/&#10;9//+H2WnP6GYuPcGqR85cmQ4BsfkyZOhiqaIQFWAqo4aNYqyQ4yDfubMGUpHoFY86GuDRsND00B2&#10;ANdpIDvuP0gI3BAQExMDTdOmTXv48CE20Zg+fTo04UpfQFgcPXp0mGYOYkVJcBt3lemP1QTQVT6A&#10;63ygVjzoa4NGw0PTQHYA12kgO+4/SAjc0FDAHxya+atDakyGaXDgChdkBHCdD9SKB31t/P390YB4&#10;dC7ICOA6F2TEnQcP/g0NEQIzx/ANjpaWFlTt7OyEMjY2FtmRkR/UigcdDNCAt27dwhsgQUYA10lu&#10;3ryJjLjn4MGzoaFjmL6tLFy4kFxY3uAA0MMKkU63Uzr9WcvIggcdJNCYcOzxNnrOAVFSUoIsuM+g&#10;Qt/QkDJMgwMg17bHKiALBTJCCsF1LsgOuLm5IQsecfBAwwJ4Sz3BbUMTGQCMjLc0xAz34EBP7f5r&#10;oBEAPOKggocWDvYbAmBwvIdDjMDgKJ3zNv7BmGdByRUmwM0DBH0VCeDhhga0CR5w25ABm8A7OcTw&#10;B0fpbNO7saVvPzgAcqlFPvroI+wxEFBfAI/1HgE7hXdyiOnjbeXs2bNvMTiWLl1KHl+RkydPYqf+&#10;gXoBeKD3C9gvvJ9DDBUcEAbD65wDQR5igrlz52K/vsAdREQUFBTwKO8XsGt4V/sCDmFubi4ovXS5&#10;cOECuVoCHIbXCSkdvBK0+ACwqxCIGXOZPXs27t9zhPcDvMN9QXnCYUaKQMzMzASOyR8cKsp3NNTf&#10;0o+aeMDHlu/oUl8pUUDew20kenp6uOf7GBkA3u2+6MWT3tT/4KiqeowiA3jLwbFu3Tp8hAMDnZyc&#10;sLUvcAcSbBoa8LxfvmxubkZVZEf/eoP0IYLc7Cvg+CH79evXkcXBwUFXVxcsUALISPHf//6X3kQF&#10;x2effQYKBATpJSA47t59cvYMfi7bWw4OYMWKFfg4kxgaGuIGQWAnLtg6ZFBzRkp3dzdShO3LIAKb&#10;oIDqgwcPKJ3eStd5oDeh4Pjyyy9Bp/9bYXx8/DA956CDj3a/CQgIwD2HEphzWlpaQ0MDNXlyP152&#10;dXWh6tCBNoTgr6IwRTpS+KE38bytUPrwPSHlQUNDAx/5vsAdhh5qzvTJ97kjgwKxXiS//vorvQrQ&#10;HXia6NCb+h8cbe5ejwrf0g+p+wMOAT6ob1LeGNScQdm2bRulI2VIIdaLZNSoUfQqQHfgaaJDbxpQ&#10;cLQ5uw3f4Bg+4Hm/fPnkyRNsIo1YG0rQdoHKykp6FYAq+tkS0pHCD71pQG8rXY/xBQsTHMMUvGQk&#10;UN2xYweu9DzqPJ506E3v/DkHAx28ZFzAAgcYKcgCjB8/HqroGoQfYhQSSkensWw2G/R//OMfoD9+&#10;/Hi4BAfDcENg5rh+5W18Qsow3OAPjpr8+ynuTUxwMAgIjidPuiwkS/OjWpng+NAZRiekDMMNJjgY&#10;hMIfHO1NoSgyACY4Pmj4g+NRW05dxnwmOBgEB0d9zgYmOBjei3OOv//971jrCeybiKBPhYXRp0Mv&#10;vE5fYcDKv86w6BsfXPlLMxx2wQH7QH1TAHqfu4RuwoErPeHpLswNISoq2rtDL5Db+Yt9e+E1h6V3&#10;p99QsP8Mx+AwNTXFlf4tkDCH/vSl4LnNzYAY0Ib6z2sO+5rdAYHBcfbsWaQwwdEvBrSh/vOaw75m&#10;d4A/OCAygODg4OEVHJQCnD9/ntIB0On/6YOtPbt4eHjwNPEoKDj2798PJQLZgS+++CIvL+/o0aN0&#10;I4CqRkZGpHuPJgTd/sknn1A6sqNTIgSyA9nZ2fAGBwpu4Da1tLRISUkVFxeD5dSpU8gIJ1tQRW+I&#10;/N++Ep253bW0tCgdgapTpkyh20Gn7pUF1WH9toL+nRj9EAHd0gnZAR4d3lMpnWqi64AwHSHs7mli&#10;YmJIAcBI2SkFoNvp8Nj/gk5VKeXOnTt0I6Xzw9Pap85jvHLlynAMDgoJCQls7Ss4sPbypZeXF1UF&#10;hd7Eo6PnTlAICw5QeADjjz/+iBQEZeeBx96nDgokRaQDUEVN6M5udHgcBMLTSunffPPNoUOHkE5B&#10;/e6cDk9wdPfk7b+tUPQzOACqCgq9ia7HxcWhVthJZOklOJBCh+jZ05lepeCx96mDkpGRgXQAqqgJ&#10;ytbWVmSkQzkIhKeV0kFxdnZGOsXVq1fpzogPNDgQyAHdo2eYBMe2bduQDkAVNVEKD8LsCJ5WSuex&#10;I3Jzc/mN71twdHR0UFVQ6E10neLzzz9H9t7fVpAOoJObCRMm0I08PhQ89j51wrunHVX/97//0e3A&#10;hg0boKQcBMLTSuno3weRTgeM6E5rCKgOx+AAcIUGMRsyu8Lh+cc//gE6dcNvuj+PLqwJ/Y8ksGnT&#10;pvz8fFDQzW6REQAdxQF1dy+4joBy3759lANA18EBVSmUlJTA/uzZMzh9Q/de7urqAjt6g0c+AOj0&#10;/xdHTdR/tMfExFB2S0tLZWVlUEjfHnPgh6eVR6egbruL69w9BQsER1l5xbAIjqqqqkIa2EoDXcih&#10;GwrC5JARoE6m4HoVm8jFpaBX4ThBFd2wF0BVOGa4uacz6AA1PgoXCmQklkn4EUIXwLDKoFPd8eiC&#10;tgWQoxIDHj58GFkQyA6rhKq4Gwmy0MENJLB1rD15Qs0BPd+J54E96HR+7NixqAodAwMDh1HmYBg+&#10;DKPMwTDcgOAYXuccDMMHJjgYhMIfHHDGg2CC40OHJziIz8xpMMHxQcMEB4NQIDgePHjQR3DUk2z4&#10;Y/vmU4qghBfVL5U0QkaKlpYWT09P/IjEftDaeqcXycvL47HQpbm5GY/CMGQcP368ra0NgqBfwdE7&#10;d0ggC/WT1NS0vyxJScl4FIahpI/gGHWI9et+PZeoTJ/4nJ9O2y5Wdr2oqhN4tbyjNexaeTAno9Qn&#10;s8wro9QxqdA6rsAiJtssOl0zJFMxMO0iJ/msV+Ip9/gT7nEgf2p7BedVhOVXVq1fFpFbFpJXGZhT&#10;7p9d7p1R4ppS6Jx4zT42jxWVbRicpu2XqM6JU/KIlXePOcnyjsyviMq7Ab3CrhYHZZX6Z5Z4pRax&#10;EwpsonNMwjJ0A1LUOQkKnnGybjHnnSKP2YYetgk5qWYYkFnqk1o8eYt14NVSv4wSn7Riz+RCdly+&#10;dVS2aUimjl+KqleCnEvsRceoM/YRp23DQE7ahASkFXknXINenOTrHgkFLrF5jtE51mGZhn4p2l4J&#10;qu7xii5XZJyiLzpEnrMNP20VeowVfMgssOhmy/Wapg6gvi6vojHnRkN2+a3MkrqUwpq4vIro7Bvh&#10;GSWBKYW+idc8r+S5Ruc4R2a5ROdM2G0wcbfhhF0GIBN3GUw9ZLpFmX3BzE9Slf3LHoOR61VFJZRf&#10;ibiSqIQSUYpxyzWUKIquVhBdLS+6ipSVct+slP1mpfQ3K6RFV8l+J6Y0SkJllITqaAmV0RLKIGMk&#10;lEDGEqXiWHH5cRIK48TlCUWcVMTkx66RHb1KetTKSyOXnR+59My3i059s+D41/OOfTX3yJdzDo1Y&#10;eHz0stMSh9UX75QlgmP+aZPbQb+yrojtkjf99YLDEWWDM+wr3Q9z7lWZy3gkSHsmnnGLX2UYsNrI&#10;f4e1t5hJYEHdbTGzYDHzYAkQi+B1liEbrEKna3oqBKTFrpq/1ujh84wlGkHpFc33DjtFqwakHnWK&#10;OsmOrrl977hT1HHHqBNEGUnI5ai9pl76IZlUL53gDI2A9L22EXtswqWsw3Zbh+1ihT17/lyKFbaH&#10;FbLfKnSXRfAWk8DtymbyXklHdSNNPTJ/lrSTcU+U80456XRln02kFCt8k3GQaXj2VpPg7WYhu8xD&#10;d5iFgL7JMHC9vr+0ayLV67xjrIJ74haDwIzyhrXavhqclNb2DnVO6ib9wK2GwXlVzc9fvFin5S+h&#10;6eueWOyTWkYER0eHX1pZTkUT+8p1VY8UZfdkJbckJddEJdcEJZcERed4RTZIHIgSO278XsuJ+60I&#10;2ccC+QGq+1gzTjkcMAyUt49aI+88RtLg2026327U+Xaj7rcboNSBUpSS9SDaout0RNdpi67VEpXQ&#10;5IqGqLi6qJiaqJiq6BrVEeKq36/VGLVWY/Ra9QUHjQ/I2Y5eqzpmrcpYJBLKECVwYjFOQgmCQ3SW&#10;JATHV79LfDFx3uiVl75fcWHksrPfLj69T8lewybAyivmqzmHvpp7aOSiEyPn7Ru/5LDI6EOs/7dd&#10;Sza0/lnW7x8tPDL6qNUWOZOFqh43c8yXcyrnqbjPUfOcpeqxXN9vk7nnUj2vtWZBEqZB83Q483R9&#10;5uv6LND3XaTvu9jA93c1j/WskO9c9q7Wf/Qyd6mEWeA6s8DdtuFStuEnnWN2W4fusQ49xY4+5RR9&#10;zDFyv23YQfvwbRaBG/Q9paxDqV7rTQO3WIRstwzdaR0G5XZW6Cp9n5V6PlvMgnZahuyyDN5pHrhC&#10;21tC1nSdgd/POy6fMYhaeMR1tbavuJ6fpHnoTovQbWbB20yC9luFQzRASInr+ovp+G00CNxkGLBK&#10;k7NB35/qNV/OXULbd66c21Jljz9lXFapeq1S81og7zZP3n2FKgdiYr2232o1zkI5Dz2/TBAUHBcd&#10;4+VdkuKu3dTwSpNlJ8g4xV1wiFV1S1R1TfRNLj5nG6XAviJ7OeasdcTonSY/7CXCAmTCXtaEPZY/&#10;gEhZTNzLWniRfdE64riJ/28HzUcQ8UEGByncsKCCQ0t0LT04IDI0RMXI4FgDwaECMhLiQwLiQ22U&#10;hNpoSCFrVeXk5MZIqICMXHwGggMi4+GdZRAcT550jVkjN3aN3IIJc8jkceH75edHLjkjuujkNwuP&#10;fzXvCETGl7MPfj338HcLj/y46pTIYgXXscdt/p1+/wunslGHWaMPWy07Zzj1EjvCT1tS3+kPaftZ&#10;yu4zlN3nq7uu0HWZpeY1V4sDMlvTe7YWZw6ECBElnAV6Pr+pui819Ftu5DvTZetmcy8x0wBx0wCI&#10;j+2skJ1WcJhDtlkGb7MM2mZByBbzwM3mgRvNAtYb+a4z8ZcwJnptNfcWNw4QMwpYY+i/ysB/hb7v&#10;Cj3fZbo+hOhwlmtzVupw1uhyVmh5b5I1mqfsOkfBDd4glmhyQJZr+azQ9l2h5bNUg7NY3Xuxmvdi&#10;VS+QRSAqXgtVvBYoey1Q8pin6PGnNNFrlozrLGmXGdLOMy6yp4NcYE87D+I0/Tx71iXn2TJuc2Tc&#10;58q4zSPE3Sw42yTo6vNVC0EM/TMNSAGFEL9Mfd80fZ80PQ5Iqh4nRc+bFK/kkdsMRu8ynYAjgwwO&#10;KSI4SDGfcpC1U4sjYxW67MLl7zZzg2M9GR9ETNByxlqICW5wQGQQaUNddA0Ojm9WK0P5nQTEBxEc&#10;5PsLIRAZ5FsM8S4zVkJxHAi8rcB7CvG2AvEhM2aNNCSP4qqGJQf0up52j1h8qqii3sQlPCW37MvZ&#10;B0Yul5mxS0/k4Q7JjpYWeE2EppYl5t+cOOXXK9fbGtqf193pqmp4WN30iCwf1LR1193rLm98VFBz&#10;t6ju/o2mjurWJ1W3H0NZfedpVevT8qZHxfXtBdV3r9feK2t+UtbStT2kLr26LeV6bWphXUHtg5KW&#10;p2W3u4sbH18ra84Ijku0tE80sUo0toIyVPpAoqkVISbmocasPz7/MlTXNFbHOFbbiBRtQqfJ+G//&#10;d0XXBEmMmmoIlDrG0dpG0VqGIFFcidQxija0jDGxjja2ilaTjdQ3izK0iDKwiDS0EB01KVLXmLX1&#10;U6kLBvGmNgmm1olmNuNEJyWa2yZa2MHcZD79TGyCaCLYzW2TWA4KStaJpjZj92tA6XlqQbItO8mG&#10;nWB1+YqJZbSBebSRZZS+eaSuSZSucbSBRbS+ebS+WbQRy27XZvHVB6L1TKP1zMiSVAwsYoxYEVpK&#10;40eIRukZj5612P3oeduNu4zmrtSbuURv5jK9mUv1pi3SnvKn9uRZun8s0p+zymDeGv0/V+j+Pl/n&#10;13k6v2HRnboQjHpzVulClzmrDeaLQ9Vg+mKjmUtN5q02nbPSeMZi4+mLQEymLzaZAbIExHTmEtNZ&#10;S0HM/lxGynJCZmMxn7OCkLkr+xDSDXWxWC3ppGrr5ZvnGVjk5n/d1bfAxSef7Z3nzMljc/KdvPMu&#10;e+bYu2XauWbYuWbaumY4uF919sn3Ci7xiaggJLSME1LGCSv3CirxCCxyDyh08y909bvO9ilw9My5&#10;7JHl4Jnt4JFlZx9rvF9eE5bll9kGfywwnbWMmrNQQbv2StD+YiEWYeYSWBzDPxbq/z5P55fZWlNm&#10;aU6aofG/GZqkaE3Coj1pJhIdruhOBpkFoidcSAfsj0eA6pQ/dX+erf/rXIPf5xlNXQBiOHUB6Lq/&#10;zNaeMktr0kyYAAgoxKH/+U+9X8B5DuH/2zxDkN/ngz8hv883AiFGmG/8xwLjaQtMiAO92GTmErM5&#10;y603H+A4hsUUtceWd0YW3b9S1pFS8yyt9nnqzWcplZ2VDXczi+uzyhpyK5rzKlvyK1ts2F5QPnv2&#10;rLbulhcnuKCqJd7XL0tb9bquUpWBcoOhqp9vSFlZZb2BSrW+cpGeSq6uWtODFyIPIHGQhKSWJeXX&#10;Ftfdr73bldPUVXvnSfnNe+U1beU196oaH9a1ddfff1bb1g1poqypo7ThYWVrV2Xr05jbTytuP71x&#10;+2lxY8e12vb8m/ev1z8sauwqauq6Vv/oanlLatGt7Kp7V248LGzsArlW35Fb3JAaEB1vbhtvZEmX&#10;BGMWISZECdU4eJ2f3RGjbRSjZcgVfY68KmHhCjeVmEAZA2lC2yhK0zBK0yCSlCgwWtjHOXrFszlx&#10;pMS7+MWxvf3M7GIdPGOs2TE2zoTR2SfRwT3ZmZPuFZzmGZjmEZDmFZTuHQKS5kFUCR2a3ANSXf1S&#10;nDkpjl6pbn5pnkFpXsGpnkHJ7gGJbv5xTt6xNs6xti7Ehhy9YliOIGCJu+xJiINHPNsnwc0fi7NP&#10;gotfgrNvnINnhIWTn5aFq7S27RF5y30XLPZeMNt2zGjZZt1pi3V+n68/b43phgPm20+Ybz1qun6/&#10;6bq9ZluOWGw/abHjFIi55AmT9fsMl2812XTQfOcp6Gguecxy+3HW9uPmqyVNZi41nrbQeBqRO4j0&#10;wc0dVPqgvZBevd5w7uhn+pi70kpil7uBm39UOSe60j242NX/mrNvvhMn19E757Jnlr17pq1Luo1z&#10;mo1rOiFu6TbuGbZuGQ7eOe6hpZzICq/QEu+wUr+4m54hpS6++S6+eWyfPDaM4AMZB7JGlp17hr1X&#10;lpNnmtkJNfU/Fqr+b7oGvG7hhTdjsSnMnEoTAqVH4kBC7TLKHUthWWBxDKbO1/t1rs7Pf2pOnknl&#10;DvI1jIQ3d+j0N3fM4s0dOCPMIXLBVPLF/weRCNDWtSb3yB0o0YAzpA8DlD4gd/DKPCMkxGjzjf5Y&#10;aCGxy8M+OPJ6e8yNp5GlnbEVXQlVzxNrnidVP0uoeKyiZxGaURNxtTY6tyE2rxFEn+Uem1MXm1sf&#10;X9CYQEqoo0uypnyOjlyxoVyVkSySSkOZIgOZHB35dCOthvYXxL9JMTAwMAwIlDjad+3a9fB+Qpin&#10;t7nkhYyWp3c6cmPdTboaE9qbqkgHAmh6eu/G06e5ltKsugdPq4uTLnsk47anT8uSgh91Pe18dL+y&#10;tbCpKtw5KBUGtLMKaWzryGmtdTyhiP0IyhX3mBXcqXn6NMNA3+/xkxwDVXcYkMtjmEzn0wxrbTe3&#10;9LqnT1svK7PC63EbAwPDcEDkGgMDA8MAwd/WDweuX7+Os9kbB8+AgeGd5fz58w4ODhoaGrg+xPRI&#10;HHYR18KvVqqzE/PLakvqb6c4y6od3Vue4oGb+Th6Ti67ubHh9u2GZqKqE5xeUZR/4YLhzrOmp3fs&#10;j9Lfr6FlpXPooAwrcPcl+3NGoUUVNXul3TIryc58CE8cFbILJRXlLY4rOFfcux0SFoasETZyeQGm&#10;7kZOYWFhRFNDRZiJpwPZemnl3vPStoe1nFWV1C5ZJ2qbs6/YnGBZRaOOiPLy8qtXryIdz4CB4d0k&#10;PT0dSgMDAyjPkk+X50daSyupoOp2c2Ns8e1Yy7M5kY6NtyuqKvMSimqgVe30dvtj2xoqC2sbsspv&#10;NSp65ht4X923bcva9Vsvq55CI9B5N8440oOysdY/smKuYa1/4BkwMLyzaGtry8vLBwUF4fprYGGs&#10;ffNWE64Igbi9wTDhLV6q4BkwMDD0D+KeEwwMDO86AXkPf1JrHiKJKe7Am+HyKnGEh4eXlZWBkpOT&#10;U1paiow8FBYWYo0PIyMjKC9evIiqdOCiCynW1tZIodPS0oI1mieFlpYWlI8ePUpKSkKWtwicE3V1&#10;dd25c6e1tbWjg3cpk5OTobx//35VVRW4IeNfAx0IHsZLZ2KNDzhN1dDQiImJkZOTwyYusLzt7e1I&#10;19fXRwpFVlZWZ2cn0p2cnJAyWDx8+BBWDFFfX4+tfNTU1GRkZLi5uUEI8QQAT7zBgOBMga09gZWH&#10;3SwvL8f1nsjIyEBHOMfE9fcC39xXKeMPneaXL19SVUK0bx9yb+thES7zdJpnqjevNOS1I7nV9gRv&#10;kj9xJCYmxsbGQomtNM6dOwcleiXzYGpqCpc96Kjzxy7YCwoKrl69Cm4Q4tjKBaKhsbERFEgr/IkD&#10;Xg9Qwgs1LS0NWd4i8fHxUEZGRkIJy0XaXgHBGhcXFx0dDbELL0hs7YnW1pNYI9H3KoHyadfDiIJa&#10;ZEEITBw/yGSG5t1uasOvcwo0H2FoampijTxMWONy/vx5KNGy8y8+8KTzflxhfUpZmSvbtr3jsbOT&#10;fefda56Wfo9we2/AkUVKdXU10iGrIgs/At+TBpo4YHcqKysDAwNxnQa8pYWFhYFSUkKs+fvEL5qv&#10;XtvoR/EIZOm+3/mLdktj94uF9m2SYZ1TtFrAOFWzeaNu8/WkNlXL5oLUtoqMNouirkmaLfPUmnfp&#10;NNt4t76sfEA1oXFAftduxpukJ47hz6C/JQ5bBCaO3oG3Wf4TircLvM7R6QycnTU0NCDjgOjlDJeB&#10;jjirlXp5D5Fc9G/DGyNhPuNgYGAYMD2+jsWnOAwMDB8Gz58/b2tru3fvHlxForv2IPjv3cMDkzgY&#10;GD5c+pM4UlNTz549a2pqiuskTOJgYPhw6TNxPHjwoLOzs6ysrLGxMTY2FhkBJnEwMHy4DOhSxc/P&#10;D2tM4mBg+JBhPuNgYGAYMEziYGBgGDB9f8bR2el8rRAktbYOWRBM4mBg+HDpM3EUt9zObWwS8wmA&#10;8u6jR8gIMImDgeHDpT+Jw6OwOOxGhV9JaXP7g/Ox8cjOJA4Ghg8X5jMOBgaGAcMkDgYGhgHDJA4G&#10;BoYB02fi6Kys6qypvbX7IJRP7t1DRoBJHAwMHy79TByd9bfaPDiPCotbjS2QnUkcDAwfLsylCgMD&#10;w4BhEgcDA8OAYRIHAwPDgOkzcZTONn1Y2EAJMgLvc+KQlpYWIZnDwPB6oEBis9k4tt4X+pk4oERV&#10;ivc5ccCRXr16dSADw2Awfvx4iCgcW+8LzKWKAJjE8SbhcDhWVlaHDh1atmzZp59+CiXotra2vr6+&#10;2OMdh0kcdJjE0S/gVfF///d/MGD/cXNzw53fUw4cOIB3dSDIysri/u8a/U8cJSUlaGeBzz77LCIi&#10;Aox37tzZu3cvtnKJjIxEXd4WTOIQAByY10kc+/btQ0f39fn444/xoO8+W7duxXvVEwimFy9e4KXn&#10;Apauri7s0ZP9+/fjEd8R+pM40K4Bs2bNwiZBwLIgt8mTJ2PTmwUOFlL6TBwd98qq4qZSgowAkzh4&#10;kZKSQgdVGHZ2du3t7fwvks7Ozri4OOwkBHj/wZt5B/n666/xbpB8+eWXeM8HAu7M5bfffsOjD3t6&#10;Txy3bt1CewR0d3dja6989dVXEyZMwJU3BWwUZgivfFRlEocAYIEGlDj++c9/ksedl7t37+IRBwgc&#10;ldGjR+NReoI3+Y7g4+OD502Sl5eH95AP7EEC51nYygfEJXYi8fLywlsaxvSeONCOAGZmZtjUD/Lz&#10;87FGIyYm5pNPPsHDiYj8/e9/h8te3MaHn58f+CC9ubkZdQG+//57ZKRYt24dbhMRmTZt2nSSY8eO&#10;MZcqvMAC9TNxiIqKogWl8+DBAzzQYIAH7Qne/PBm6dKleLrkCQLeHyFgPy7YKgR6pt6xYwfe3nCl&#10;l8Tx888/o70AsOkvgUaAU1dc5/LRRx+hJlzngowArOSBAwew9eVLOJFB9qysLGwiOXjwILLDKx9Z&#10;mM84BAAL1Gfi8PT0REtJB/cfAuDCHm+Dy7Jly/BUhiUnT57EExURKSoqwrvRK7GxsSdOnMjNzcX1&#10;XgkICMCji4ioqanhrQ5LekkcaP4IbBo4qHtycjKu9wS1Aq2trdj08qWkpCQy4joNZAdwnYRJHP0C&#10;Fqj3xLFz5060jhSwfLjzUPLpp5/i7XHBExp+4PmJiJw5cwbPXhCfffYZ9hOEuLg49hPExIkTsd/w&#10;PgXrJXHAmT+aP4BNA0RCQgJ1b29vx6aeNDU1IQcAm95I4lBVvVNR0RkV+eDY0dv19Y+vXetA9g83&#10;caxYsQItIgXu9kZwdHTEW+WCpzWcmDJlCp5cX4vDnwrpwMUO9hMC9hMRgcjG2x5+9PMzDkgB2DQQ&#10;Zs6ciboHBQVhEx/IAcD1N5U4oISsERxM5A5n9n1k/0ATh42NDVpBxL/+9S/c5w1CP0tH4MkNG/C0&#10;yC+D8KSFMFiJA8DbHn70njhu3LiB5g/4+vpia7+5e/cu7ixkEx0dHai1oqICm97gpQqkjKamx7hC&#10;8oEmDrR8FLgDHzzfJtDZvXs3duLi4uKC2/igf3BF5/PPP8ceJHhywwY8LfKzNzxjITCJA4F2AfH4&#10;8WNsFURKSgr40L+wq6qqQh1/+uknbKKBmng+7Bxo4kBfwQCwLWRhPuMQACyQwMShrq6Olg/R0tKC&#10;O9Cgv4Eg/v3vf6PQoSMjIwPOmZmZuM7lP//5z9ixY3GFy4kTJ9DgdHAbyY8//oinODygf/qApyuE&#10;kSNHfv311x9//DH25vLf//4X7OvXr8d+QsDeIiI7d+7E2x5+9CdxIOBF+Pe//x3tkUAUFBSwKx9m&#10;ZmbIZ+PGjY8ePXrw4MHUqVOhqquriz1IICvxnLHW19dDFoAmeCFjE8mZM2fo3w9iK5fY2FgmcfAC&#10;6yIwcXzzzTdo1RDYmwYcFdxGwmKxcAMXyAtYI/+VGPuRXLlyBTdwERUVxZogcDcueIrDBjwtERE4&#10;n8IzFg79MxFEdHQ0bhOOpqYm9h7GpxtA/xPHO0R/zjged3Vq5q9Ggk0fZuIgQ/QV2JvGsmXLcBsJ&#10;tgphy5Yt2I8EW/sN/QN5AE9x2LBkyRI8MxGRJ0+e4EkL4S8kDvr/LAm7rhwmfJiJo/FBpWb+GpCQ&#10;GpO69hJkBJjEISAUVq1ahdtIsFUIe/bswX4k2Npvfv31V9yTBE9xOEH9NxFw8OBBPG9BDDRx6Onp&#10;YT8RkR9++AFvb7jywSYOk8IdILoF64yub0VG4ENMHDyfPmDvnuA2LtjKBf1HsL29PejUD5YQX3zx&#10;BfKhQPbw8HBc7wlqpcBTHGZYWlri+ZF0dXXh2fek/4mDiDwaKioqeEvDmA/2UkUgH2LicHV1JcMV&#10;A1XcgQYsKG7uFXBD/rjeK8iTDs8vR2fNmoWnOCzh+exz8+bNeDcGwvbt23F/kn/+85949GEPkzjo&#10;fIiJAyCD9hW4gyDExcWxEw1hr5n169djDxpbtmzBzXxgDy54csOb33//HU+XhqGhId4lQcjKymI/&#10;GnB6gkd8R2ASB50PNHFQX2hT4D5vEJ5PNy5evIgn944wefJkPPWBMG3aNNz/XeNDThylc0xb/fLa&#10;rpTh+gebOAD+/9fC3d4IeJNcJk6ciKf1ziIvLw+XWnh/uMyZM0dbWxt7vON8mImj+qDnzbP+zXap&#10;pbNN6bcsJhKHpaUl8saDvS/AYe4lcQD85x19/o/j68Pzfx/AO3Qzmw+ZDyRxNDU1QdmvSxV1dXUi&#10;bXx4iQPxt7/9jXz9vkJRUREPMah0dnbiDdDgcDh4HgzDm6FLHC9evBg1ahSKB8Tly5dx2wB5/Pgx&#10;urMprvcFf+K4desWlB/6ZxzCwLHAhf/UA8F/f8C/Bs//eiCWLFmCN89l7ty5uI1huIKP6ODBPyy/&#10;pf/Mnj17QN2ZD0cFgFZQGAEBAfj1ygXe/HEbH5WVlXjQfsPzf+t0du3ahTdJA7cxDG/w0R0k/ve/&#10;//21YZ89eyawF/VTF1zvi/4kjqqqxyCgnDt7G1mADzdxAJ9++il+1fbk+++/xx59sXjx4osXL+JK&#10;P8Ab6ImysjJuZhj24NgaJPCgAxwW93lTieOywz2UOI4dZRIHjUOHDuFXMB8qKirY6TX49ddf+c9u&#10;EHZ2dtjpHQSvMh/ozRDeS1HV3t4e+VO/DAwKCkKWdxG0C8JA/yNXV1eHqtRZ50cffYQsCC0trZMk&#10;qBVAVQR2EoSMjAw44D60XtT/8tITh8B/QUJuFO3t7cylCi94qfoHhDV+NQsHXgMjR47EHYRjaGiI&#10;OwiHuhZ9d0GLTL8io+5ehetcn+bmZur2Jd9++y1uezdBe8EP+sm1wDseNTY2or78tzVBdgDX+wfu&#10;I6gXlTjmz5+PTVyQHcB1EuYzDgHgdRogv//+O35xDwHw5oA38+6DV5kPyJvYgwRbSfhv2PHOgfek&#10;J15eXr20AtSbv76+PjaRICOA6/0D9xHUq5dLFWQHcJ2ESRwCwOv0GsD7JH7FvwY89w16b0CLzPMZ&#10;MDLCywPXSZARV95x0L7wgNuEtCKwR08fbOq1Iz+4j6BeQ5E42ty9Om5UdtbU1m+QxCYmcQyUn376&#10;af/+/U5OTjgr0HBzc4NLUIE/5XgvwassCOzBRaDxHQXtCw9z5sxBrb08+RE58DwnCRkBXO8fuI+g&#10;XkOUOCBrMImDgeGvg2OLD9wsxEFOTk5gKzICuN4/cB9BvZhLlUEArxMDw+CBY0sQI0aMQD48j2KL&#10;iIgA48yZM3GdBvIHcL1/UJ/Qu7u7QxVe/NQI1A3lYmJikIUC2QH67VSYxCEAWI5bDAyDx8OHD3Fs&#10;9crGjRu//PJLeIl+9913SkpK2Dqo3Lx5Ez239GSvX9/2CZM4GBgYBkw/E0d5Rlt13n2r3R/Gz+oZ&#10;GBh6p8/E0X63MzfsdknK3ebqh8iCYBIHA8OHC3OpwsDAMGCYxMHAwDBgmMTBwMAwYPpMHFVxXz9q&#10;y6lOGF2T8juyIJjEwcDw4dLPxPGoLRcUEGQEmMTBwPDh0v9LlZqUXx4/rMUVJnEwMHzIMJ9xCCYt&#10;LY38L9s+uHnzJu4wcKi7LSC2bt2KG4Rz9+5d7M0FN9DADQP8Z2RAXl4e9yTB1qGH/ohZAFuHJTU1&#10;NXiWXHDDGyE+Ph5vlQtu4EJ/EDc2DRlM4ugNfBBERExNTbGJBm4TEfnvf/+LTX8JNEh/EgcF6gLg&#10;+uAhKSk5RCP3DtoogOvDGzzXtzRbvO23ulb9TByPHz++cOECrpAwiYMAN/f6s+g+QSMwiQOB68Mb&#10;PFcmcfSaOOC0/ezZs+BWUVGBTUziQOBm8uZucKIIC0SBPV6+7O7uxiYuuIELGgElDnBGP3NCtLS0&#10;IB8ecLOQ0IHDs2HDBlzpSWxsLO4pIrJnz57Ozs7a2lrcRsKTOOiPdBEVFe3lsQ88z4uCAMINgigr&#10;K8N+IiISEhL0B/djD+HgReSCrXz2W7du4QYaioqK+/fvR7qjoyPepPDH6CPOnDmD/bj7hStCZuvp&#10;6YmbRUTgaD558gQ39AQ2+u9//xvpJiYmyL/3mSCQJ4DrPYFDNn78eFzhA17quDNJVFQUbuADomjq&#10;1KnYT0TExsYGN5D0/1IFcoeMjExWVhaqMonj5fz583Ez7RBSN7nDdRrIDuA6F2SE1w+UAQEByDh2&#10;7FhkB06dOoWMFLih51Djxo2DfIEb+LZy4sQJMEJiwnWSH3/8EXrhCgmVOGRlZT/55BNsffny8OHD&#10;yD5lyhRs4gLGMWPG4ApJeno6chZ2s0xc4UL5A9jUF9hbkD+yr1y5EtdJqNs7o0fVQJZH9hs3biA7&#10;gCwU6CMD+iIg6A/iwiaSBw8egIXnp/EfffQR8qyvr0cWSBaff/45MgLHjx83MDCA1yGqzpkzB7n1&#10;AvIEcP3lS3j1iomJ0V/nuIELSs0wc1zngpwBXCf517/+xWMBkBuAqsxnHL2Bl0pE5MCBAxBhYCkp&#10;Kfntt9+wlYTnpUi9O+E6DWQHcJ0LMgp8Nj1qAgIDA7GJBFsHvhX+H1PzePZyqYLsAK6T8FsQyA6o&#10;qalhk3BnADUBuN4X2Fv4pnkSB4DsAK5z2bZtG799xYoV/EYK1ATgOvfTdHt7e1yngTwBXCfBJiHj&#10;9w7uKagvbujZRN2lEddpZGRk8DTxVCmSkpJQE8o+vSQOeEX0AnPGIZi/nDiEfcaBWgFcJ8GmgWyF&#10;OGY0iouLcUNPBpQ40EsOTkbu9gpyRn0BVOUBtwlp5Qd7C59n/xMH/y53dHQgS3R0NDb1BLUCuM61&#10;4B0WAhwC7N3r/PsE9xS+7wCukyCLg4MDrguHujLFMxYCeDKJozfQIgLvQeJAUC8JCjc3N9xGMqDE&#10;getCtsUDdhXijNv6NxSAvYXP83USB2RVZPHx8cGmnqBWANe5Fmtra1zvC+QP4PpAwD2F7zuA6yTI&#10;Avkd14UDwYCccV04TOLoDbSIwFtPHGVlZbhOgowArtPADXxN/M/Tpz+iBZsGmDguXLiALF5eXtjE&#10;B7xpo8t+5AkgOw+4TUgrP9hb+DwH5YwDwKae4DZaK64L8UfQW5EzgOsDAfcU1Bc39GzCpl63ZW5u&#10;DuWTJ0+Q5w8//IDs/Dx79mzfvn1M4ugNtIgA9VF8n1DPkVVXV8cmkkePHiE7gE1ckFFg4kAfd/G/&#10;LFEXANdp4AZBW8EajZiYGB5n6lXE//E+sgO4ToJNJNjEBUVhVVUVrtOc4ZWJTVxwg6BJCgR7833G&#10;tHbtWmTv54OFAIG5krr/OIBNXOClghtoTQ8fPsQmERE9PT1s5QJvPGDHFRLkCeD6QMA9BfXFDXxN&#10;2CoiMmHCBGziAu8f9E9k6f+Ph000Pv74Y/SILEgccBAbGpquXy9mEscrioqK8OJxkZCQoD6K751F&#10;ixbhPlzQt264Qv7TB6w1cgbGjRuHG0REsrKywPL06dNdu3ZBVVtbG/nQOX78OHIGIPdjK0lYWBhu&#10;IN806N+eIiP9O5GWlhawwCsN11++rKysRG4IbCUJDg7GVtpTGhHe3t64oSdWVlbYg4bAx+tu2bIF&#10;ayIiv/32Wz/XGXegYWBgQLcfOHAA3hKRM/31UFhYiIxARUUFtoqIfPPNN9hKgh5JyQ89R6ioqGBv&#10;EmGPm4MXDPYgQd/sIL744gts7R/07/JYLBa2ktCfSiMuLo6tXGA1cFtPcDMN+nfwdH755RfsQSaO&#10;R486/Pz8MzMhlpnEwcDA0A8gcTx48LDmZl1qKpE5cCJgEgcDA0MvQOLILyhISU2Nj09gEgcDA0O/&#10;YD4cZWBgGDBM4mBgYBgwvSQO9K/lwmASBwPDhwuTOBgYGAYMShwKCgrt7e29JA4ZGRkoL126hKpA&#10;j8TRNHjUc6mrq2sYbCoqKrxIvN8ssMXAwEA8CQaGd5lGktbWVpwJnj7tJXE4OjpijUuPxIFf61wK&#10;Sqv2j12vqOXkcKO+PpkNFhONE/UV2XtWyJ7U9oTqlRIoatgXThz4z5zj4rJEHy4tLS0wp+LiYlDw&#10;T2oGj+zs7Pz8639NrK2tCwuLeYz9l4KC63gSDAzvMsrKynB5AqcbOBP0mjj4EdliFErJKcf4zZqe&#10;mzQ8L7ombTEOBpE0Dd1tGXHMIfawjHplU9uNxrulDXdKG+4W37pTBFLXeh2klpDCutZrda35tbez&#10;qpszq5rSKhqTyxsSy24lltYlllZHF9WEX68JLagJzq/2y63yya7wzrrhmXnDLaPcNb3MJb3MOa2U&#10;nQpSAsoJj5SyprayxrvlzfewNLWBlDW2lTbeLWkAIbZeWHf7et3ta7XN+Tebc6qbsiobMisaMm/c&#10;yiivTy2tSympTSyqibtWFZVbFpldHJZZGJp+PTjtWmBqQUBKgV9ynm9ynk9SnmtkSlldS9mt2yDl&#10;UNa3lNa1lNS1FNc2gRTdbLpe03ituqGgqiGv8lZ2Rd3V8tr0kptpJTeTi6oTr1deya+IySuPyimL&#10;yCoJu1ocklEUnFEUkHbNL6WAk5TvlZjnEZ/rHp/jFpfjkZB34JKqmVtASd3t0npCYIuggxTXthTV&#10;NheC3Gy+Vt1UUN2YX9WYW9mQfeNWZlldekltSvHNpMLqhGuVsXkVMbk3YFvhmcXBadcDUwr8kwv8&#10;kvJ9EvK84nK84rI9rmR7xGa5g8RkFd9sLLnZVHqzubS2GZSi6sbC6sZrVQ0FlfX5FfV5N+pyy+uy&#10;y2qvlt5ML6oGSb5WkZBXHpdbFptdGpNVGpFZDFsJTS8MSb0emFzgn5Tvl5jnk5DrE5/rDdu6ku1J&#10;bsUtOgtad2u732l/dOf+w1au3L5HSEvbAyTNd9uRNN2533D7Xn3LvbrmttqmOzWNd6pv3a6sv32j&#10;rrkc5lnTVFzdUFR5q7Dy1rWK+oIbdXnltTmlN19Jyc3FW4/uVHPhl13qrns03Y7oe54381GxC9Jj&#10;h+k5h6vbB0H1kK77TlX2Zjn79TI26y9Zr6Pk4isd7OsvvoZcsBIs51lcsVx3DokFlBsusDZesNos&#10;bbtF7vIWefZWBfY2RedtUBJCKaQosiVBFAjZruBEE8ft8o47FEAub38ljjsU2TuUXHYouSLZruhC&#10;irMkDCvP3ibntE3OcYvs5c0yDpul7UE2SdttvGi78YINTHLdWcu1ZyzWnjFfe9oc9A3nWJsv2WyT&#10;td8uf5kUB2PHAE2Wl4qpq8ioQyyQhZfsL5p5Ooivytkw3vDi6RMm3qcNnDcoOaxW81yh6jFHnn1W&#10;Vc8kNMso9OqLFnZ3Z1PtdZPHzZ5haYFmUTmWMbmsmDzTyBzDiGy90CzN4Ez1oHTlgDSVgBT1wAS1&#10;wLiTrjF7HaKkHKJ22EVss43Yahu+zSZC0jZC0o6Q7XYRO+wjdtpH7L4cBSJ1OWqmlhcrrsA6/pot&#10;vFY2r6ratLJq/bJKicWVYgtdIlIdEq87JF6ziy+wicu3upIHWzePzjGJzDKNzDIJv6ofkq7qm6zA&#10;SZT2iLvkTshFtysX3WJBLrgSct4FyzmX2LPO0YctfNiJ15yTrrskF/JsyyMy1THh2uWEa3Zx+Tax&#10;uazoXLOIbOPwLP2QTJ2gDEVOsrRHwil27FGHqEN2kQftIg5x5bBdxBH7iCN2EQdswvZYhe6yDNlp&#10;EQyyX9XUI7EAxrGKyf95x+UpkvaTt1hP2oT/3dg0NNsyKtciMtckPNskLNsg5KpeUKZ2QLq6X6qK&#10;T4qsR+Jpp9iDNpF7rcJ3WYSC7LYI220ZtocVto8Vvt864oB1xEEorSL2s8L2WIbtNg8xD8s2C8uG&#10;kn9bur7phoEZBgGZev7pWr6p6pwUVc9kRfdEedf4S+wrJ2yjDlqGS5mF7DYNkTIL3WMeBrIXiRmU&#10;oXvMQqVMQ6VMQnabhOwyDt5hFDzlpEP89ZuJhbXJxXUdJM9WLyT+tLbGXbt5paAGJDa/Jia/Jjqv&#10;OjKnMjyrIiTzRlBGuV9qqWdCoV1ErkVwlklAhrE/knQjP5A0I98eYuyXZuKfPnbp3on7WVj2cWWv&#10;JcgEkH2WE/dZTjpoNe2E7QpZFyld3/NWYfL2UWcsQ7eoe809bTdRyvi7rXojNul8u5FPNmh/uwGV&#10;hIhSsp5HtETXgWiSoiW6FkRTVIIuGljE1UlRExUDUSVFRXTNKxkhrjpSQu07CfXv12qMWqc+ei1d&#10;1EhRRTJmneqYtarzdquPlVAZs1ZlDJQSymMllEDGvRJFLOIKpMiPE5MfKyY/Zo0cKTKjV0mDjFp5&#10;6fsVF75bfn7ksnMjl575dskZ0UWnRBed3Kdk7+CXsP608VfzjuQW1yRkFX81+9BXcw99M+/IyEXH&#10;Ry09NXrpqSmrT4yYs2fisiM4cXy98sRH61TnOxVZp9W4JJr4ZR36cuvZr1eenHDSZuwx69HHrKUU&#10;jDYaBmwyDnre7PSkNSgv5vRp/7wJl29sMg5YouW9UNNroZb3OfcEzaDMky5xe+wisqsb5DnRofnl&#10;VS33HZKK0BnKJsvQxQa+SJYY+i0x8Ftq6L/UyG+Zsf9yY/8Vxv4rTQNWmQb8oe6xzyn6ADtmjNuB&#10;8ex9Jxwfihk8Wq3/6GXe8pe5SzdZBu+xC99iGWwRk+ubVcaKzTvrdsUyOu+My5UDduGe6cX77cKO&#10;Xo5Q5CSaRWQdsA274HolIq/ykvuV4OwbZQ2th+zC99uG7rMJ3WsVuscqZKuB5znXKyACt7XNMiSr&#10;qinyWrV7WklOTXP17XuHLkfrBl8tuNkCiTI4t3KdcQBklnXG/t7pJSml9dlVjRuNA7aaBjonXoez&#10;MzWf5K3G/hsNfNfq+0rocTYqmCt7xR+2izxiHyWpGGzkcbW1rYN6Ma/V999hERpfVAvpwyu91Dwy&#10;V8k75V7HE4e4a63tHZk3Gi+6xIfnVlpH50uaBGfeaEgsqovOrzYKzorKrz5sE7ndNMQztWStnr+E&#10;rp+4ji/IAatwIo9YRfBva7mK1wp17/W6/klFtWHZlcvVvNySCi3CsuTdEpcoe+yzCNXySdtnEeaX&#10;XibrmgglKyJvGXRR5ci7Jq5U5Yip+3gkFi9V8lyq6IVk8gkH0+As0+Bsi9BcSBddehqd1wq65c6D&#10;ruKectEp3jIs1z66oKS21Tu5JKu8MfF6raZ3GuxGQXVzdG6VZ2LRebuYyGw4fatquvvwvG109o2G&#10;y5G5hr5p7nHXEgpqztlEnrOJOGcNEvndfMmxu81+gEwB+WK/Vc/0wZqwl/XDHkssUpBNWFMOWf15&#10;2mG9iudxsxAF+yhpm/Bd2t7zz9r/KGUycgtkEF0ya0CpS2aNHiJKyXquYJ2bRIgMoi26FgRlEK2e&#10;GURTVBzSByli6qSQSWSNKilE7vhWTHWkuOp3EmqQO76XUB+FUoaE2vyDRqAckLMdLUEkjpiYmJCQ&#10;kICAAEgZkDvGrlUZvfjUyCVnqfQBhxWuOzof1I8TJxLHiNm7wAKJY9Tyc2PXyH0zfYv1ZbflK/b8&#10;PFeSSB8rL41acYFIH0TuODsC0geZO0QXnPh6/vGv5x2D3PHVvMNfzTn0Jcjsg5A+ROcfHbno5HcL&#10;DoKMX3pMZMwhq59O2KxQdP1st8l/9FInajo9if6pzWbU56fcxxy0GH3YavQRq9FHrcQvmU6XYU+V&#10;ZndUqhfEaueE7/ol+KGocdHvp81mKrn/qeIxU9l9BikzVd2X6LiKGzov1nb7U8PzTw2vuVqc+do+&#10;87Q5c7Q4s0FAAdHhzNXlzCPEB2S+ns8CfZ+F+r6L9H1/U3VfZuS/1NBvqZG/qLPUN+zdXzvtep67&#10;7GXu4l0sFzGTADHTAAmurDcP3GoZvAPe2K1Cd5MCyi6rkJ1WITtYwdstCZG0DJK0CNpGylbzoC3m&#10;gZsJCdgE3Q28N5kEbDAJWG8SwLOtvSxXCZNACeMAcaMAMRBD/9WG/qsMCFmp77sCRM93uS4SH0J0&#10;OCu4soqUNbocMV2fNTqcZVpei9Q9JGSMFdyvLFRzn6/qzn8WsFids1TLZ5mWz3ItnxXavit1fFfp&#10;+q7R9RMjZY2O32owavushFZNznJNzjINUqCXujeSJWreS1S9F6t6L1L1WqTitVTNe6Gy53wlAdua&#10;dclllgwhM6WdZ15yngFykY1k+gUkTtPPEwKWmZdc/pRxnS3jNkfGba6s+1wZdyjngciQIus+X9Z9&#10;ygkHw8CrWpx0Vc8USBazZ88+ffo0ccbR0aHsnixU3JKUXZOUXBMVXRIUXeIVnbnCjgNRAHEiRN7p&#10;Cldi5R1jv/1j1XeShqN3GI+TMofsgFLGBBAya0zYYwkCKYMrFkgmSFn8tI817bitmILbUeNAOduI&#10;CxAVah5zTlpP2GU0EqUPvsSBhcgR3HwBaQIUKLFw8wWRMpD0kjXIxIGzBpE4vlmjLLpaWXSN8ggi&#10;fah9D+mDyB1qoyQoUSUSB03QuQZNlEBQ7lBTmq2m9CdKHISQpxuErJEjc8fm+RPnTf9dYsxq4rxj&#10;9MqLo1ZeOKTOjkorLK5qMHOPrm++6xyUdErHReyEgaKFz5L9mpMlLoouODJti/yXsw98Nfvg13MP&#10;f7f45KhlZ37ZKC+yUdN7g4bXQnnnn0/ZLVR0+/UUa/J522UqnuhMZNRh1miQI6yfpVSWqXstUvVY&#10;ouq5UtNbQs9vpRZnmab3Ch2f1Xp+EOKE6PmKGfhtt+DsseFsNPUTNw5caxK0zix4k0XIZlboJsuw&#10;TRahGy1CN1uGbmaFbbEK32pNig1cuZAXLzbh220j9jtGT1V1P+AUA5c2IHscovZejt7nSAg0HSDl&#10;kFPMYXbMMefYk3C54RZ3zi3utMsV0E86x5zgCug8coJNyHF2NMgxp+ijTtFHHEGiDl8mBa44HCJJ&#10;iYLTioMO0QcvRx9wiN5Pyj776H12UfvsIkH22kbusY0AkSJlt034buvwXYSE7bYK22UVtpsFAqcz&#10;cJ0SttcqbJ912D5SmXdYaaeui6RZ0GaTgC0mgVtNg7ZbhO6wDNvJCtvFCt9jFbHXOgLKPazw3azw&#10;nRZhO0DMQ7cjMaMkZIdZCJRwioHFBIskV7aBGIMEbzUKAtlsCBK4ySBwk37ARj1/QnT9N+j4rSdl&#10;Hbdcp+2LZC2IFhIfkHVavuCwUSdgk27AJr3AzVzZQspWvcBDFhFwxuGXVg7im1bmm1rKSSmFMwtK&#10;OFgIO4gPV3y54pNS4pNc4ptcDCUS0H2Tin16SJFPIiHfTJcYsc1gpKTB99uNx+4yg9zBTRk4axAi&#10;RQiVNX6AFAOy23w8nKrsNvtpr8X043YblN3PWgQr2oafMPZfJX15kpTxSLh+4SYL8gqFSBaEjvIF&#10;JZAjKIUQKlMIO90gU8YaEMgaOHF8g2S1MilKkD6+XaNMnnqoQvogS1WUOLi5Q4UUQoF8MZoQSBk4&#10;cRC5Q1yRFEgZ/IlDfhyRO2THrpEBGbNGmswdl+C8Y/TKC3DqQZ53nBm55PSIxae+XXxSdOEJ0QXH&#10;vp5/7Gs475h7GE434KQDcgeUv2zXn7bHZOUZ+/8PkkDTGNsCsC4AAAAASUVORK5CYIJQSwMEFAAG&#10;AAgAAAAhALw/433eAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQm+NLIeY&#10;4loOIbQ9hUKTQultY21sE2tlLMV2/r7Kqb3NMsvMm2I9206MNPjWsQa1SEAQV860XGv4Orw9PYPw&#10;Adlg55g0XMnDury/KzA3buJPGvehFjGEfY4amhD6XEpfNWTRL1xPHL2TGyyGeA61NANOMdx2Mk2S&#10;TFpsOTY02NO2oeq8v1gN7xNOm6V6HXfn0/b6c1h9fO8Uaf34MG9eQASaw98z3PAjOpSR6egubLzo&#10;NMQhQUOWZiBubqLSFYhjVEuVgSwL+X9A+QsAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEA&#10;ABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4w&#10;SGNZxBoJSS317SPIJoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHY&#10;ffRnWrHUUV5czKJSOCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBc&#10;tljN/7PDPDtNp6B/PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDz/ExtVwMAALEHAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnht&#10;bFBLAQItAAoAAAAAAAAAIQBPBUQ27GgAAOxoAAAUAAAAAAAAAAAAAAAAAL0FAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ1BLAQItABQABgAIAAAAIQC8P+N93gAAAAgBAAAPAAAAAAAAAAAAAAAAANtuAABk&#10;cnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADm&#10;bwAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADZcAAAAAA=&#10;">
+              <v:group w14:anchorId="4531FCDC" id="Grupo 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:31.3pt;width:506.25pt;height:34.5pt;z-index:251666944;mso-position-horizontal:center;mso-position-horizontal-relative:margin" coordsize="64293,4381" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQB/gjUdRQMAAI8HAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1v0zAQ/o7Ef7D8&#10;naVJ0y6Nlk5jY9OkARMb4rPjOI1F/ILtLi2/nrPdl61FgMakpb7Yd77nuXsuZ+cr0aMnZixXssLp&#10;yQgjJqlquFxU+Ovj9bsCI+uIbEivJKvwmll8Pn/75mzQJctUp/qGGQRBpC0HXeHOOV0miaUdE8Se&#10;KM0kbLbKCOLANIukMWSA6KJPstFomgzKNNooyqyFt1dxE89D/LZl1H1uW8sc6isMubnwNOFZ+2cy&#10;PyPlwhDdcbpJg7wiC0G4hEt3oa6II2hp+FEowalRVrXuhCqRqLbllAUMgCYdHaC5MWqpA5ZFOSz0&#10;jiag9oCnV4eln55ujH7Q9waYGPQCuAiWx7JqjfC/kCVaBcrWO8rYyiEKL6d5NhufTjCisJePi3Sy&#10;4ZR2QPyRG+0+/Nkx2V6bvEhm0NAeds+A/T8GHjqiWSDWlsDAvUG8qXCWnmIkiYA2vSR8RVDD0CMA&#10;VSjzfeJzgMOeK+RW7xWgT0PNrb5T9LtFUl12RC7YhTFq6BhpIMvUewKWnWuMY32QevioGriMLJ0K&#10;gQ4IPy3SEdCJjlmfTPNinB2xviOPlNpYd8OUQH5RYQNCCFeQpzvrfEr7I77EUl3zvof3pOwlGio8&#10;m0D4gx3BHWi156LCxcj/RfV4pB9kE5wd4X1cwwW93ED3aCNut6pXcNDzUatmDSQYFTUJMwQWnTI/&#10;MRpAjxW2P5bEMIz6WwlEztI89wIORj45zcAwz3fq5ztEUghVYeoMRtG4dEH2EdMFUN7yQMQ+l022&#10;0GfzM81pCf8bycHqqOH+PprAyy09gjjexD/FEMR8X+p3MB00cbzmPXfrMOmgGj4p+XTPqafTG/ve&#10;hV6InXsryIIJNPG12R7xDmAmR/51z7UvvK/CN+66oIttW/vNTerA3MHA+Q36OMyuFF0KJl2czob1&#10;gEJJ23FtoWAlEzUDqZnbJoWZAV8GBwLQhksXm8ka+gV61Y/rdFbk0zCyx2k6zcEbJJqPZuBYV3g8&#10;zqZBlqS0zjBHuy3CLaiI/5+UFkWWzrzcIAwpt+OtGBfwlYnTLZvNRkXg9fU685J4pratSHxhokhC&#10;jcAMvRimPqxefFae2+HU/js6/wUAAP//AwBQSwMECgAAAAAAAAAhAE8FRDbsaAAA7GgAABQAAABk&#10;cnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAFoAAAAyggCAAABcCN9RQAAAAFz&#10;UkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAACHVAAAh1QEEnLSdAABogUlEQVR4Xu2d&#10;B1wUSfb4ud29vb3bu9v/bwOru8bV3VM3uaY15wiYAybMOSdyzjkPWRgyDDlHyVGykiUJSBJFUUER&#10;w/91V03bTCCsoKj9/bxP8erVq+rq6jdvumeYbpGS2y8qW7sLb3Vcb3iSVtnuf17R5+hZjz1HvfYd&#10;d9592Gn3Id9j532PnuccPeu8+5DL7sP2G3dqT5pJyJRZJtMXmf25zHzOCvO5K00WbzBU8NSX87BQ&#10;89eVdjWbvZyQP5cZTJ2vNWmG7uSZepNnQS+jPxZoTZpp+Pt8kxmL4koe3HnYFZ9x7YG/u8jT4YHI&#10;bT5wCxdsHWJEuklu3rzZ0dGBdEBLSwtrXGBCWOsLBwcHpBQWFp4/fx7pAnn67MVPas1IiPV4+Va5&#10;f//+kydPhsU8YLGZeXDp1zxEBgk8nCBgHo9bH/Qxj0ASSUlJNByqCgQ5ALjeEzwcuWNY49Kv9YAh&#10;eHqicXlAPlSJrTSoVqTQ6e88sPbyZXh4OJTQEw1NBzlAU+8OCHCws7ODEjGAeYA3qgLLli1DQ9NB&#10;DlSJrTTIroKBeTQ+qBzAeiAEbgYAOwLXe4I7C+KvxEdDQwMad6Dg/iT0AYF+zYPaP2JPSR0p/Dx+&#10;/BhK1IUfNBoPBgYGH3/8cX/n0U96d0at5JA9AGO/5vEGGEbzeNRWMIB5bN26FcrRo0d/8sknyNIf&#10;Pv30U6wJob/rQR1dmMeMGTNAQZaffvqJbMcORUVFqAqsXLly//79KHIRuIEPaBrYcYEOMA9yTAJk&#10;oUoeYB6kl1AHBGqCecC52duPj+Tk9GExj1fHpZ5La2vrPS6pqWl0wdYhACZBzOOPcw5fyvtMk2HP&#10;UHL/U8NrjjZnob7vy9wlmy2CtlkGbTYPXGfsL2YUsELPd7k2Z5GG56RNrBXavotUvRapeM1VcJ8h&#10;7Tz9AvtPadd5Mu7PVy009M/U903T46SMlDSasMfyBynzg3qcbzfoiK7TFpXQEhXXEF2j+r2E2mgJ&#10;1TESSuPEFcaskRm59IxHaIrI1Yq75c1dZc1P8+qf5DY+9z9x0UPqqOeeY667D8P1nNve477H4Xru&#10;HFzMOe8+4ip1hLiSm0xczxn/sdBk5hK4aIOLObikM1P105F2tdEOMVb00v5jEXkxt9x01lKN/80A&#10;Z7iY0wX5eTZcBer9Msdo6gLzOSvTa5/fauvKio274+fBXM/1RKSsrIy8uCKwtrY+e/YsrtBoa2vD&#10;Wk9aWloePnyIK93dkLiwxsXW1hZrfFBXciCPOp8KTTJvDFiMmpqaYTEPOPrMPLjAPOrENvY2D/Kt&#10;anDAIwoC5tFRe6c3D3RmCuDBhJyLA25ubr07wGjQiobloe/jgoag9xe2JdxMgk09wW2C6Nc80CRQ&#10;OW7cOGTkgfJZunSpQAeAGoSf/s7j119/BZ0aBRQ0NB2wT5kyBTlgU09Qk0CIOG0v6XseuMIFjcuD&#10;hYUFeAqcIgJ3FgQxD+XwPuYB0KfSy5Z6B/fvua5I6fu4gCsAoyDl4MGDlM7PnTt3sCYIPCJ385Rl&#10;+/bt/Z1HP+m9C70VKcgC9D2PNwPM435r57CYx9tZj71792KNpF/xASWc3bx48YKq0qEfbFSmpKTA&#10;mZGmpiaqdnV1Qfn5559fvXqV6g4KAG7Ozs5Q7e88BOLv748U5CPQs7y8HGs94XGGecDpWW/zeDMM&#10;o3kQxwVfypHgK6x790pKSt7M9Vx7ezuexxc210cfsZqwT0vMgD1bkzNP12eZkb+4acAOVsg2i6CN&#10;pgFwbbfawH+Zru8qHc48ZbelWj5LNDiLVb0WKHvBtd30i+xp553myribBWcZ+GfC9ZweJ1XPK3ni&#10;PtYPUhYLzjsSF3PrtcnrOU1RMXXR1cqjJNTGSCiPFVccu0Z+1MqL3y09/dXsQyI1d5+V1Lffutdd&#10;d7er/v6zm23dFbeflrV0FTV0lLZ0pV12T7NzTnNwSbZ2TLSwS7S0S2I5JFrax5vbJtg4xduy46wd&#10;kx1cM5y9M1y809meaU6eKZfdE2zZ0Jpo75poy75iZhcgr+V7XsFfRs1fVg1KPxm1AHnNIGmVYFnV&#10;YDm1EHn1EHmNEAUsEbrmmWX30oruJOY3JeQ1ppfczSq/n158N+las9dF5YBLyoQzFvUQOTUYwe+C&#10;AueMLOesrO9ZOT+a+JyV87+gGHhJmcPVAy4qBVxUDryolFPz6FrT88KmZ2WtzyvuvKi8+7y67UV1&#10;23Picm7HCW0oETv3HsQaDTh8vYCd3h3gUhFrJGqnibdaBP6WUCDa2tpYGyBVVVVYE4SrqyvWSP7y&#10;Vv4y9AtaukDT2/9Q6q1z//59WAQU6cxyMMvRE7QcxS23v2fZMcuBl+NRSWnXcPgHg7fO4LxYyOvV&#10;4QWe2QAZ/OWAKwCeiwBkgasK7NEPdu3aRQ2yY8cOpIAFN/cDqgtS+gR5DuZywIi9bx5akWfvGBkZ&#10;oWtF1AVAn22hKnbqC8ofKRRNTU1Y47bSS7Qcqqp3jh29PQjLgarUBhCgT5w4kbIg515QVFQkRiGZ&#10;MmUKGgHRn+4I3IFk06ZNBgYGuMKdHj/Pnz8f5OhAVaRACVf0ULa0tFCWjz/+GDn3zq+//oq60JcD&#10;FNzcD1CXgfLmXiwuLi4D2p/XBG91gAzOcqCFQPNAuri4OG4T1PoGwNvuiTA7BbUc586+Ru5AM6BA&#10;e06H/t9Y/efx48e+vr6g8G+iT6iJ0RWqCtB1AFWp5bjrwB605RgO4JmRc1u4cCGlIwXo6OiAanl5&#10;OTKicnBeLO8NzHL0AC1HVdzXd6pZr/Vi4VEo0L9zIfhbB5fXH5+KDnV19UHIHbhOgqpoOZBOL0eO&#10;HAklHbDfuHEDSmD8+PFQ4gY+Vq5cCSVyoLtRFgQy8sPThJwB0NFyoA/KBiE6EFDduXMnMs6aNQvK&#10;L7/8EtkFlq2trXQL+s7kl19+gfmIiooiOwJ0BNKFldnZ2bA/oAuEcjt9+jRlQcbk5PRBWI73hsGJ&#10;jveGhw8fwiJA7rhy5YrIqEOs4iM/rdBdM+GkzYsWtku09/MXL1YY+m+08JUwDxY3D15rEbzJOvQX&#10;j/ONTU1w0XnwcuQJdvRxp6iM8vrjjpHHLkf+RjZpBWXstY3YbR22ixUqZRWq7Z+62dhfkZMyaRNL&#10;3T99k0nwJuOgzcbBO8xCJU1CNhgGSrsmQNMl5/idpsHbjQM36Po7xxfuMQtbq+nnmVTyYtJo39Qy&#10;Xd8MZbckJddEJZcERXYcyMT9VhP3sybsZU06ZC1jG/nbIctvN+p+u1GH+FYJyXpt0bXkd0sSGsTX&#10;S2tUv5NQH71WfbaU/tT158auVRkroWxu7z5OXGHsGrkvJsz9bvl50UUnbbxjv5xzaNTS0yJZ1Q8q&#10;7zwra3pS0fq8rKW7uKkrp+ZBTu2TqzcfZ1xr9DtxEcRr3wmPPUc99xz12nvcTeqoC/kfhuzdh9i7&#10;DvkcPYt+N+Z79JzP0fOue4+S/3B4GHxAXKWOGE5fhP7tEInWpBkGv80znrbIZMYS01lLzf5cjn5V&#10;hsTsz2UWiu7GShx9WXedSy5WWkEszSBTFR+oap+wRP+1iP5BkZRlJjMWa0/5U5P8T0WdSTN1J8/S&#10;IwV07cmzDH6fB6I5aYbOlD9ho0ZTFxhPWwAbtdt+NKm6+2rd87q7T9x9gkyt3W75erT7u9dwPEVK&#10;bj26da+79nZnw/3nN+8+rb7TXdb0uLS5q6TpSVHlnVQ7dpq9M0iiJfkVnKV9EsuB+AqO5ZBgy463&#10;dkqwc0539sxw5WQ4e6exvdLYngk2jvGsywnWxLdwSbbOwWoGAQravucViW/h5DT8Lir7yaoHXlIJ&#10;klENllUNIb6Fe/UVHMjVotsZJW0p11vQt3BZ5e2ZpfegGp9e6XVGpsdXcOS3cIHSKpyzspwzsj5n&#10;5ejfwoHue04u8JKyP/kdnd95BfIrOEJCdczzG59db3pe3PLsRuuLyrsvqu4+q257UdP2ol//3Blj&#10;p4G19x0ilfbO9evXwe92+yMom9vJTj3Bfu8IFy5c4HA4oBw8eRJZ6PR3OXoB+70XCP2OluerU09P&#10;T6wJp/evZnl4na9mB7QhHiar8341Swm0EstRWloKZV1dHeHe3d3e3o4UBPrX6OTkZFTtk5s3b2JN&#10;CO7u7lDeu3cPyq6uLtLGC///VANKSkpQ+vj41NTUgAJhT5oHBs8S0AVaP/TTsLa2NlgB/LJnLvCp&#10;5SgrK2OWg4mOnjDL0QNqOXIbm5jlYKKjJ9RydNbUMsvBREdPBmc51q1bhz5rHD5oamriyQ0Eajk6&#10;au/89eVYvXo1/upx2DB+/Hg8uYEwONHBvxz4GHHB1gGCO3Px9fXFDf2AvhyioqJQVlZWGhoaIosw&#10;Bn85vvzyS5g6/YYBxLgk2KN/gD/qPmPGDKSAZe/evbi5L6jloMYBRo0ahTVBwDyp5aiKmzoIy7Fv&#10;3z765umAHUBufUIfhEfHHn0hcDmAzz//HCnInpubC+W8efOgpC8H4nWXg2fbPECrhYUF8uwdapxP&#10;P/0UdKr64sULNpuNnXpF2HJQVbod6bD/g7kcMCi1jbFjx8K8kU4ZAdDRdHuH6sKzHADo2KlXBC4H&#10;ORKu8tihfPz48SAvx/Pnz6EKCgxtb28PVbQlatugoOn2DuUPgB4dHY0rL1+yWCzs1Cv0VArQB/T3&#10;94esjCs0wGeQlwNVeXYGayRQRdPtHZ4RqOXoZ3eAZzn6ySAvB/r9HyhffPEFlIiHDx9CiTxBQdPt&#10;E3oXtBygwFsmbu6Lt78c69evp/ZBGP1fDgCc6Tg5OeGGfvD2lwOASWOTIKA1ICAAeQ41w2I5AGEr&#10;QhzfgYTGa9LLcvDMkF4dnOUg95QATQXpuK1n66RJk3Bl6MGbp8FjRFW6kVqOqqrHg7AcAH1FKJBR&#10;SUkJ1/sHGhltAkDG/kP14ikp+JsGOToQaOd5wG0DAY2MyuDgYNI2AMipYa5fvw4ljxFV6SW1HK/1&#10;aRiMNRS85uBUdyjhzZ7SKVCVXg5JdAwT0Nzg7R9K9IsQMKLzZgRUnz17hjxR0+Asx3sDtRwVV4nb&#10;uzHLwUQHDWo52ptCmeV4tRyP2nKHZDnq6uqwRgMu8LBGcvbsWawJgroV6Ovzz3/+E8q//e1vqMrP&#10;oL1YUH7u7Oysra1FFgSy907vPv0ZoZ/0ORS1HMnJyYOwHAAMhHSqRJCNGFSFksViIQVBNr6srq7+&#10;97//jexUiaBboESQLS/hLXPEiBFIr6qqQna6A0AZUZW4zyGpL1u2zMLCAkYYzOgA7ty5g3Sekq4A&#10;ApuoEkG2EPDr9FJSUpLSEaAjkI6MCLqR3gQ6Ai0H+j8pYBCiA0A6vaQrAI+Rv6RDt/B7ClwOrPXU&#10;AXpHehP6vQQwtMvx4sULpMNmyBYM3Rmg/FE5f/58HguUCH47VaLPZeXk5OifNqOSgm48cuQI4cS1&#10;ZGdnf/zxx+3tDwZnOd4PmOXowaC9WN4PBu2d5f3gwQPixQILISMjg5cD31SOBrx9otu+8cBzrzke&#10;wU7vFLAEPaLjsKadvK3CPHnnk46xhYmK8pzkvfZRmy18xUyDxMyCJCyCN7BC5PxSmuNjXuQsjSu5&#10;yYrNJX7t5BhFyOUoveB01HTePd40MmeXVdhuVug+q9CtpoHGwenGHlctOdkVTXc3GRO/dtpmGrzL&#10;PHSLUZC0azxqev7iBZLwnMoNugHrtPwmnXDoILlW3aLqkaLkRv7UyTlekR03Zske4tdO+4hfO61R&#10;cD9mEjRys963m3S/3UD+2mk99zZ6a7WIXzuJa4iKqYJ8v1Zj9Dr10WtVx6xVGSOhMk5CaZyE4jgx&#10;eQtLy1ErL45cembSWmkHv3jR+UdHztsrIq7q8fnV9lGHWb9fdFogazdL2X2GsvtsdY/52pzZmpy5&#10;upwFej5LDPy+ctwlZhIgYRqwyyp0m2XwNsugreZBm8wC1psEQJOEScAaQ/+V+n7LdX2X6XJW6HDW&#10;6HD0/JOnHXNaoslZoeWzXNNnsbr3YlWvRapeC5W95it5/H7IaZaM64yL7OkX2NPOs0GZLeM+T8Zt&#10;ygmH56sWgqBbBxr4Zej7pBE3EPROEf1t6Tgpc1iLCVKWP0hZTJSyuGAZMmmPCXctyFvEo7VANxZc&#10;o/rNGuURa1S+l1AdJaFK3jFeeSxx03jFsWLyY9fIjl4lPUdKy8Q1srym8cvZB8askRd5uEPycUhg&#10;UkGtCls/0MdCJ+NWgNzPuc1PIvSWuGc1VbV0ul4tzoxyPznt67UbN0gG1Vpt/zzuxq2ylq5UP2Mn&#10;Y5bnkY0RikfjrS+nWl+ONLP9Q+JEognrio5aoolVoqnVieU/hsmemLBffcXPP7jInVg6babFaaMz&#10;WuYTv/4x2SPAztLDft8/Yl38Mjz8r3oH71q/Y9clRwUTD/tLp8adY/nJL120YMmKkeuD3QJOXDBN&#10;cPUUk7VyOnpkwZz5/1yiYTDlswCngFSPwBhrV7eLmuY7T5ptPKg7bbHhkg2sfRdNxHaZrttrun6f&#10;xe4zxhK7WfulzTcdtNp+3GTWMuPpi0ymLyZ+ejZzidmfywghf1BG/w3aK5mzgiWxyyesyJmTe9kt&#10;08Hjqq1ruqV9AssxyYqdwvYt4ERWeAQWugcUsr1znHzy7D2uWrukXXZN1vhjoc5vc025g78S/LM1&#10;4pdrIKazlsJ89H6bqzl5psb/ZmhOmqE1Cf+QjfwtG3Hvfbroot+1QStUf5lj+Pt8oz8W6P82V2vy&#10;LKLv5Jm6P/+p/+tcg9/mQZPh1PmEw9T5xn8sMJ62iLV+T1Rhe+i1tqTqZ8nV3Ym5N6qra5qamlQM&#10;beAiSU5J38vYJFJsXsGGeRUVFelr5waILSB++2Wtq4vyCIW55IWnT3PrHuCqiVsmUh7eT0AKSTn+&#10;y/CeQrzNvj59/jysd/AoDMMMHBzmfhnSer7R5eV+WvuRBXE5MielvBwU6ZOXDrOSasO0HQzcD0tp&#10;KbBCykk7gh4cx3cfkZbT73yKTmzaMz3dDlpnWR9aDZWjl8wOndVkx5a23n1wcr826UCAR2EYGi5c&#10;uMBms6Ojo3H99u2k27dLi65dKyrNK75RSd69Ni/SOf5G5r7TOmu37cFOvd/JluEDBwdHWVlZQUEB&#10;0oFSElzp7r5//z6cpOAK+StSR0dHXOnu9vDwgCyCK93doaGhAp/AMyCysrIiIiLCw8NRFS4oYT4p&#10;KSmoClhIXsRad/e1u1ihGC+dibXubl9fXw0NDepXt7KyslBSI6uqqsJsdXV1URW4cb/b3jogJ8TF&#10;N6URWdCPXBGGhoYPac8LAqA7YGJigusk4FNDguvd3XZ2doWFhUhHP89Ft155A6BfxMKVO/XrWIuy&#10;7kPhnVPUms3Yt/Udbwfd7J6n1tza9CQw6u7TzmfIBzoymeODwCntQf8F90GfCgLoMyGGDxD0uSgC&#10;nwNyYYLjQweCA90TC0AxkZSUVFxczAQHA29wPOHCBAcDb3AUt9zObWxqe0Tc4IkJjg8d/rcVYDrb&#10;DUomOD50BAYHggmODx2e4OisrHqQcbVu3VYmOBiYzMEgHJ7gKJ1rVjrbFOQtBIeIkB/KMdBB/+z6&#10;ZuANDjIyqvd7vIXgoP/8uHf8/f0XLVr0G4m0tDS2vnG0tbWJf0zuiaWlJW4eGoT9IrqxsRHPQETk&#10;1q1bYImJiUFNf5lh9LbSS3B4eHjg/e4HuM+Q8fPPP6MNOTk54anTsLa2Rq2zZs3CHQYV/uBAm8MV&#10;Lk1NTejpYX8NOPxQ8gRHx72yqripr+57BCDvN4DA4Pjss8/QzgPYTzhdXV3YVUTEz88PDzGooMHx&#10;9rj0YsTdBg+e4EBbwRUhgAPkFVD+/e9/U85kP0JHCoDsNjY2oLNYLFCGdeZAkwawR7/B3Qb72KAx&#10;8Ta43KWBTVyQP+48SAw0OKC1vb0dV16+VFVVpfzpHYlRaHY4/KDwBMe9e0+ePIEXYNfbDw403QcP&#10;HuDmAYK6A3i414bnoTgI6odTCOq5lhRgnDZtGh5iMPgLwQHZF1dIKH96R2KUvoIDOHYUK28zONBc&#10;AdxGPv4Jm7ggO65w+eqrr5AdQJZTp07hQV+P//znPzAaHppLf4Jj6tSpeIjBQOAJKdo6rpC3kqRX&#10;QS8rK6N0pACgd3Z2UjrVROnD9G2Fmh9i7969PBaEQCPFiBEjkAMe9LVBo+HRuaCnnQL0+9ohkB13&#10;HiQEBscQITA46tpLoBxGwQHXrjwWBDJ2cx9m9ujRI6QgUCuABx0M0IB4AyTCggMZcbfB460HB2J4&#10;va2gexLSQXZc4YKMCGTp580p+8+//vUvNDK6lwAPN2/eRK3wTo87DCpMcBCgJZaXl8fNAwR1B/Bw&#10;Q8D06dPxNmiIiYnh5qHh7QZHe07tq6sVdXV17Dj08AQHgNeb792kT3C3oYyMt8UHmjnw8STR19dH&#10;a8HhcLCJPNLYVQjYjwR1B3D9PQLvbV80NTX14uzu7o41ct2w1hP+4AgJecCybHvLwYHAh5cEm/pi&#10;/fr1uENgoLGxMbYOAXjSJFSVakLKEIG2Reejjz4C+9dff43rL1/q6uoiZ1AAbOVCNaFzedChvHv3&#10;Lij0pxrwB8fxY1h5+8GB8PLywke73+CeQwlM+NmzZ2lpaaCMHj0aLLa2tuR+DG1kAGgrCKjSbz9H&#10;d6DrPPA08ehUdZi+rQgDDgA+/nxgjzcFTPjx48egUM8hR0akDCnEYnGBanl5Oa6QUA6kbw9nCp4m&#10;Hp2q8gfHLamD9Rskh2lwMAB4vUjQ99W4Qq5hZmYmpdOb6PA0gU7dHI7eNIwyB8NwQ2BwPHnyNr54&#10;Yxhu8AQHa2dpdd59C8lSJjgYmLcVBuHwBEdV3Nd1GfOZ4GAgGF6Zg36qHBkZCfp//vMfVBUG+Gzd&#10;uhVXekINBRDjCjl1R/Te2juv01cY6CMpXBk41HNCEKD/hdGGb3Ag+C08QGt/gqNPBuTMw+v07YXX&#10;HPb1Z8UTHPHx8VDKysoOi+CgV3uxU7qVlRWlAzw6VaXbqcwExgULFlA65UMpAKVPmDBBSUkJ6QDd&#10;hw5P35UrV1I61cSjv3jxAum3bt2i25ECEN40u5SUFCglJSXIQodyA8hOvY1WU1Nz7do1HuNwzxwU&#10;dDvdDRR65uBpQgpAtwOoCuC6EGco//WvfyEjHdRKwVOloNtBFxgckpKSSC8uLqaMCKrKY6cQZkfQ&#10;W0GnqnQ7hUAjPTjImz294l0NDqz12gUpgDAjqra2ttLtAKpCCckDWQAeHwq6HfTegwMABc4VkA7Q&#10;7fQYNTMzQwrlIBB6K+hUFRT6mdwPP/wAJd0BgZ5oNlyCo5BGaWkpttKgdoD+zSHAZrOpJgp0DxoA&#10;lhtrJNA0ceLErKwsehfc9uQJrAjWSFDrhg0bwPPSpUuoiqB+IwM6z78n0qF81NTUkAUPTQKDYI27&#10;rYiICPDfvXs36PRn0dE3h8DdSLCJC32X4X0KayTIAT12hD4aAhmp7XZ0dGZl5aEwwEHB5S1kDoZh&#10;xfB6W2EYVvAERxUXJjgYBFytoIfPADg40GNn6ovy9o9df51UzXbNKvE8S6qvaCEhfxTYN9nZ2a2t&#10;d4TJpo0beSw8gkdhGEogLFAcoDBAOoXIqEMskICkPOfIjIN6ntOknVare4Zklz+7F9zR4u6XVeqT&#10;WeqbWeaeVuKQWGgZm28Vm6kTlqkanCHjm3reO+m0Z8Ipj/gT7nEn3eOD8ipCC6qqtq6pXLskLL8y&#10;OLciILscurulFjknXXOMz7eJyTUNz9QPTNHwiVfxvKLgHivnFh2eWx6ZV4F6hWSXBcEW04vdkq7Z&#10;xeRYhF81CE7T8ktS8U5QcL8i7Rx9yiH8iE3oYZvgK3ngWXbaNGrSJlZAZolverFXSqFL4jX72FyL&#10;8CyDwHQtn2Qlj3hpdvS5yxGn7cJP2oaesgkJSCsKSC8+YRwBvTwTCtzi8tkxubbhV80C0/Q5SRqe&#10;CapucfLOsZcuR523izhtHXaSFXLUIujnoxZFN1s62ts7OjoKSm/m3mjILr+VVVafWnQz8VrVldyK&#10;iKtlwWnFfkmFnPgCj9hcl6hs56jsMQu2TdxtOHGXwYRdBhN3Gkzaa7T4jPVRfe8Thl6LzliN2aL5&#10;rYSKqISyqIQSt1QSFSdFjCtrkCiKrlEQXS0vuoqUlXIg36yU/WaltOhK6ZFr5L+XUBlFymgJ5dES&#10;SiBjsCiOFVcYKy4/TlwelePEFcaJyY9ZIzd6jczoldLfr7wwcunZEUvOiC48+fX8Y1/NO/LVnEPf&#10;zDs6aump0ctOLdguIzLqIOujpWdHWmR3Vuh/csBu9FGr0cesFql6dteZG5kd/5FdPVvZTdwoYIWe&#10;n5ix73oT98V6visM/deZB8/T5czT9Vmg57NQ32exge8SI/91lsHj2MdDyjJKa1te5i5ebxZoHJmz&#10;0Txwr23YbutQKevQA3Zhe61DD9tHSFmH7LAM2m0VstUscI916A+0XlI24bttwrdbha0zDtxhFbZK&#10;32+Vno+Yge9G44C1Br6bYCsGfss0PGVcYzcY+c/cx4bD7BhcIK7nt8E4UFzff7MJ8UCoLcaBh6wj&#10;dpiGSOj5S5oGr9fzX6vnv0rLZ6N+wAb9AKrXUhXP5apeCxTcxLV8Vqp6r1bz/lPaRULLV0Lbb768&#10;+0J596VKngvl3KecdND1zUAPkAIuOsbLuSRecoyXd05UdktSdk1ScIGoSjxvG33eLlqRHXfJPvqs&#10;dcTIWevHSZlN3M+auI+QCXstf9hDyAQpi18OW+/Q9lWwjxSTcxotafDtRuJRU/iBU0jQo5bQk6fW&#10;aZEPXOI+c0lcg3wKlbroGjXRNaqia1RGiKl+J6E+SkJ9tITaqLVqoyVUFRQUNu05NUZCecTi0+hx&#10;TD6s8ePEFb9bdIR8KJPcv0dPnfLDNIiPUSsufLfs3LeLT1Hx8eWcQ1/NPvjtgmPfLzoiUtjUnVpy&#10;u/hWR3Xbi/KmJ2VNTypan5U2PykGveVpSfPT4sau/LqOnJuPcuufXK3pTK1oz63vzq1/FunA8T9x&#10;0e/ERaI8ftH74GmPPUc9pI4S5Z6jnnuOee097rXvhMfe4667D7uQ4ozlEHv3ISeiPOx16LTvsfOE&#10;HCfLo6g8B+Jz7LznwVPIn5TDzlJ4HBAY01XqiPOugxZL1upM+VN70kztycQjjIgSKaRoTSafX/TL&#10;bMOp842nLSQe0zSDfEzTrKV9PKZpzgqwm/65zHyvsrman4myj6GCl4Gch56Mm460C4iZqq+NdoiV&#10;VjBLI9Bc1c9EydtA3lNXxk33kovmmkP6fyzAj2aiC+0ZTcRjmmYuMZq2UPfXOZqTZmoKeExTj2c0&#10;kY9pIuyEw5RZer/OgT0ymrpA75c5WtAdOoLDz7PxY5qmLjAiW2GXTWcuho1aLFjt7xyVVPMspeZZ&#10;Rt3zzLpndXcf32rrIuRel4KqScO9rmqOxx0/9wf+7u3+7g2+nk0PX4h0mRqEp5cX1rZFldyf++3X&#10;+bX3tNXNt2+y+X3JDNWjKUrZLddS9FhXKn+Utj6lHh0TIO10taqspSvK11HNPiHZymTn0oWp1pf9&#10;9HQWjfgpQvFooLzi/h9mEM/w0rg0etF2Z02LGeO+j1A7v3DL8Thjszgz649/mpXkZqGqYZvk7p9g&#10;77r5jM6Pv/yxfvHRVK/Ajf/4Z6aHW5aH/YGjmmnuvvrr16QERi9fa/D/RDdNO2MZaXAi3tHj/AXz&#10;KBvzZLbbz7PnJVy20D/0baCOhe3+8xY7Txkt3ag7dYHFjlPmkieIx3it32+2+ZD5jpPmO0+DxXLL&#10;YUuxncbTFvHFBz5yguNjzgo3fRe3wEInr2x713R7j0xrp2TW5USWY5Kta4YX+Qwvn+hKtle2k3eO&#10;k2+ejUuajVuG2QlVjcmzjGYsfhUWlNDiAyYAMzH8Y4HOz7Ph6EJ8QHDAkcbxATHNGxyzwEgEPUTJ&#10;lD/1f5sLhx9CBHUnOkLQ/DLH4Ne5hugxXr/PN/p9HvEYr2kLjGcs8XIIjS7rjC59lHLzecKNDofA&#10;tKamJq8rBR5ROf4Bob5x13xXz09fSzzDK3/d3CjxeU0PXohUtT4tvHmv5nZnY/uzutuPa2933rr/&#10;rOH+s9q27pttz2rudle1dpc3Py5r7oKYKGroLGl8XNLUVdrUlR2VkmrLTrNjp9k7pzm4gKTasZNY&#10;9okWdomWhCQR4pDEIiTBwi7e3BYkwdopwZadYMeOt2XHWV+GMsmWnc72BMlw4WS4eGc4e6c7e6U5&#10;eaISJMnOJd7aMd7WCcpE6GvjlHTZI9HOGSTByjFC1zxAUSdAXstfVt33rJyftIq/rJq/jKq/nAYI&#10;VAmRUYPWQFn1IGmVIGnVYBnVYFkQtWA5tRAQefUQeY0QBcGSGJyUVf4go6QtrehOauHt5GstiflN&#10;CXmN8XkNyddbrpbdz7rxILP0HjikFrVCa1JBc4g9x/OMDOe8PDE+jNxDYFukkJsGB5iJ/0Uln3Ny&#10;3mdkOSBnZX0IkYN9IXaHT8AIrSB+5+UDLioFXlKGErqTfeV8z8n7XVAIuKAERkoCSbek6Kz8xucF&#10;jc+uNz0vbHpW1PSs9Pbz8tbnN1qfV9x9UXX3ReXdZ9Vtz+ENhCyf17S9IG7S0CceV2uxJgDiSfCA&#10;iS5x/7mnT1vJkuF9AAcH+cQ/BoYe4M85XhM82F8CD8Ew/HgVHKHXK3ICjHGFi0MKVuhcL6vBGhd8&#10;nJ8+rSsvxFq/wUMwDBk3btzAGhd25FWs9QoOjrqG5vyy2gRn2WAbdWShaL59O6aoauu6S6rKegZn&#10;T9nH3jh5yUbqMAs3k+Dj/PSplu+1C4vWHbTOAv3sZi1vuUMNDQ2dlVcaGipOrN7td/PpWpM0w42r&#10;b1f4IX8AD8EwlLS0tGANUZHoGZ9VmRt3u5L4PjbH5VJD821Fz/wt209euayGXADmbYVBKMwDABmE&#10;Ijg4DA0NscYHh8PR1tbGFUHcvcv3JM+B8+TJE6yRdHZ2Yk04ZWVlWOODelAoAEPl5eXhCvlU1Nra&#10;WlzpC/TQ0Pr6elTlp5D7cNBhBfXE0H7KVB3iuaEAERywdkBiYiIyoSevqquro6qampqmpub58+dR&#10;FT1GlSc+wIKUe/fuKSkpIf11iI6OrqysxBXhPL7XgLWewTFB5tVzZRUUFGJiYnClP3R1+lelq6nI&#10;o5qFhQVSgMePH8PLpquri25EC4J0Kjh4HioL0Kuw2pcuXcKVIQYd7/9xD3xM8B238qeSYZ1W0e2J&#10;GffRg2Tnabbs0mn2DiCeMYvcUF8cHPByp4IDCA0NxRoJtfMAXQfIlTkL0YPr3d1wBoq11wBOsNPS&#10;0nClu/vWrVtxcXG4IgR6cNAfOkx/PjIgJyfn4OCAK93dEOWmpqa40hcCM8eFCxewJjxzQLqlB4et&#10;ra20tDSuDDH5tZ3oeL+kPXS4T0F9mXOO95/Ox095Hivcu+BuEBzovBT9UxDDh8bz58/hTCAnJwdi&#10;oKCgAF9AcmGC44MGguPMmTNMcDAIgD9zwOkdigyACY4PGv7ggIvNc+fOMcHBwJxzMAiHPzjQb+YA&#10;Jjg+dJjMwSAU/uDIbWwKKitngoNB0AlpUsr3LLs7Dx8ywfGhI/BtxTDjKlKY4PigYc45GITCBAeD&#10;UPiDo7OmtuHISSY4GAQEx6PS8jtWdkxwMAh+W6lbs+HJvXtMcHzoMOccDEJhgoNBKPzBUTrbFOTt&#10;BAe6zyFD7+DFGnr4g6Oj9g7IWwgO2G38rDaGXnlj8cEfHA8LG+5GFjPBMXx5i8FBZ/gGh4qKym8k&#10;8+bNc3d3x9Y3DvVQe4r/+7//w21DBmwFL1lPFixYgOawatUqqB49ehTZ/zLvWHCgnRfG1KlTsd/Q&#10;gzcpHOw3BMDgeMm4jBgxgsdITuF1E8w7Exxob/vDxYsXcZ8hA29JyOrjtiGLDxgZb4kEPe8YV2gI&#10;NPYT1Jc/OKripoIMr+CAJgrqoak8/PLLL9iDBPccAtD4ly9fxhsmAQvWSDQ0NJAb7jOo8GwLbQhX&#10;aDQ1NWFtgGhqaqIB34HMQe47gba2NnYVDnYlwf0HFTSyp6cn3h4JMgK4TuLi4oKMuOfgQd+Qqakp&#10;VB8/fozrgnjx4gXVBZSOjg5QgoODQQcWLVqEFAD5zJ07F3QbGxvwGdbBQc6ZADv1A/T4C+CTTz7B&#10;owweaGS8JS7/+c9/wEh//AoCOeOegweMiTfA3QSuCIHHgarSn/MCSYLSDx48iPRhnTnAgsAe/WbS&#10;pEmoY0BAAB5rMEBj4m1wIe8S/gps5YK64P6DBH0Of/vb3+hVfsLDw3kcoLpz505Q6MEBUHovwXHv&#10;3hOQYRQcioqK2GMgoL4AHmswQAPiDXBBRgps5YKMuP8gQd+Kvb09VCsqKnCdD3L7PWZFWf5CcJia&#10;th07etuZTdww/20GB1QRuHngoO6+vr54xNcGDYhH54KMFNjKBRlx/0GCZytoE7jCx8mTJ/n9x48f&#10;D8pfCA46bz84eLZ+5coVMI4ZMwbXuYwdOxbs7u7uuE5CDkCAR3xtYKh//vOfeHQuaBMU2MoFGXH/&#10;QYJnK/wfcvDA00pV3/ngwG0kyELxxRdfgPG3337DdS7IGaiurkYWPOJrA0PBezwenQvaBAW2ckFG&#10;3H+Q4N/K999/D8Y1a9bg+suXH3/8MfXYuZUrV1JdQkNDV6xYgfT/9//+H2WnP6GYuPcGqR85cmQ4&#10;BsfkyZOhiqaIQFWAqo4aNYqyQ4yDfubMGUpHoFY86GuDRsND00B2ANdpIDvuP0gI3BAQExMDTdOm&#10;TXv48CE20Zg+fTo04UpfQFgcPXp0mGYOYkVJcBt3lemP1QTQVT6A63ygVjzoa4NGw0PTQHYA12kg&#10;O+4/SAjc0FDAHxya+atDakyGaXDgChdkBHCdD9SKB31t/P390YB4dC7ICOA6F2TEnQcP/g0NEQIz&#10;x/ANjpaWFlTt7OyEMjY2FtmRkR/UigcdDNCAt27dwhsgQUYA10lu3ryJjLjn4MGzoaFjmL6tLFy4&#10;kFxY3uAA0MMKkU63Uzr9WcvIggcdJNCYcOzxNnrOAVFSUoIsuM+gQt/QkDJMgwMg17bHKiALBTJC&#10;CsF1LsgOuLm5IQsecfBAwwJ4Sz3BbUMTGQCMjLc0xAz34EBP7f5roBEAPOKggocWDvYbAmBwvIdD&#10;jMDgKJ3zNv7BmGdByRUmwM0DBH0VCeDhhga0CR5w25ABm8A7OcTwB0fpbNO7saVvPzgAcqlFPvro&#10;I+wxEFBfAI/1HgE7hXdyiOnjbeXs2bNvMTiWLl1KHl+RkydPYqf+gXoBeKD3C9gvvJ9DDBUcEAbD&#10;65wDQR5igrlz52K/vsAdREQUFBTwKO8XsGt4V/sCDmFubi4ovXS5cOECuVoCHIbXCSkdvBK0+ACw&#10;qxCIGXOZPXs27t9zhPcDvMN9QXnCYUaKQMzMzASOyR8cKsp3NNTf0o+aeMDHlu/oUl8pUUDew20k&#10;enp6uOf7GBkA3u2+6MWT3tT/4KiqeowiA3jLwbFu3Tp8hAMDnZycsLUvcAcSbBoa8LxfvmxubkZV&#10;ZEf/eoP0IYLc7Cvg+CH79evXkcXBwUFXVxcsUALISPHf//6X3kQFx2effQYKBATpJSA47t59cvYM&#10;fi7bWw4OYMWKFfg4kxgaGuIGQWAnLtg6ZFBzRkp3dzdShO3LIAKboIDqgwcPKJ3eStd5oDeh4Pjy&#10;yy9Bp/9bYXx8/DA956CDj3a/CQgIwD2HEphzWlpaQ0MDNXlyP152dXWh6tCBNoTgr6IwRTpS+KE3&#10;8bytUPrwPSHlQUNDAx/5vsAdhh5qzvTJ97kjgwKxXiS//vorvQrQHXia6NCb+h8cbe5ejwrf0g+p&#10;+wMOAT6ob1LeGNScQdm2bRulI2VIIdaLZNSoUfQqQHfgaaJDbxpQcLQ5uw3f4Bg+4Hm/fPnkyRNs&#10;Io1YG0rQdoHKykp6FYAq+tkS0pHCD71pQG8rXY/xBQsTHMMUvGQkUN2xYweu9DzqPJ506E3v/DkH&#10;Ax28ZFzAAgcYKcgCjB8/HqroGoQfYhQSSkensWw2G/R//OMfoD9+/Hi4BAfDcENg5rh+5W18Qsow&#10;3OAPjpr8+ynuTUxwMAgIjidPuiwkS/OjWpng+NAZRiekDMMNJjgYhMIfHO1NoSgyACY4Pmj4g+NR&#10;W05dxnwmOBgEB0d9zgYmOBjei3OOv//971jrCeybiKBPhYXRp0MvvE5fYcDKv86w6BsfXPlLMxx2&#10;wQH7QH1TAHqfu4RuwoErPeHpLswNISoq2rtDL5Db+Yt9e+E1h6V3p99QsP8Mx+AwNTXFlf4tkDCH&#10;/vSl4LnNzYAY0Ib6z2sO+5rdAYHBcfbsWaQwwdEvBrSh/vOaw75md4A/OCAygODg4OEVHJQCnD9/&#10;ntIB0On/6YOtPbt4eHjwNPEoKDj2798PJQLZgS+++CIvL+/o0aN0I4CqRkZGpHuPJgTd/sknn1A6&#10;sqNTIgSyA9nZ2fAGBwpu4Da1tLRISUkVFxeD5dSpU8gIJ1tQRW+I/N++Ep253bW0tCgdgapTpkyh&#10;20Gn7pUF1WH9toL+nRj9EAHd0gnZAR4d3lMpnWqi64AwHSHs7mliYmJIAcBI2SkFoNvp8Nj/gk5V&#10;KeXOnTt0I6Xzw9Pap85jvHLlynAMDgoJCQls7Ss4sPbypZeXF1UFhd7Eo6PnTlAICw5QeADjjz/+&#10;iBQEZeeBx96nDgokRaQDUEVN6M5udHgcBMLTSunffPPNoUOHkE5B/e6cDk9wdPfk7b+tUPQzOACq&#10;Cgq9ia7HxcWhVthJZOklOJBCh+jZ05lepeCx96mDkpGRgXQAqqgJytbWVmSkQzkIhKeV0kFxdnZG&#10;OsXVq1fpzogPNDgQyAHdo2eYBMe2bduQDkAVNVEKD8LsCJ5WSuexI3Jzc/mN71twdHR0UFVQ6E10&#10;neLzzz9H9t7fVpAOoJObCRMm0I08PhQ89j51wrunHVX/97//0e3Ahg0boKQcBMLTSuno3weRTgeM&#10;6E5rCKgOx+AAcIUGMRsyu8Lh+cc//gE6dcNvuj+PLqwJ/Y8ksGnTpvz8fFDQzW6REQAdxQF1dy+4&#10;joBy3759lANA18EBVSmUlJTA/uzZMzh9Q/de7urqAjt6g0c+AOj0/xdHTdR/tMfExFB2S0tLZWVl&#10;UEjfHnPgh6eVR6egbruL69w9BQsER1l5xbAIjqqqqkIa2EoDXcihGwrC5JARoE6m4HoVm8jFpaBX&#10;4ThBFd2wF0BVOGa4uacz6AA1PgoXCmQklkn4EUIXwLDKoFPd8eiCtgWQoxIDHj58GFkQyA6rhKq4&#10;Gwmy0MENJLB1rD15Qs0BPd+J54E96HR+7NixqAodAwMDh1HmYBg+DKPMwTDcgOAYXuccDMMHJjgY&#10;hMIfHHDGg2CC40OHJziIz8xpMMHxQcMEB4NQIDgePHjQR3DUk2z4Y/vmU4qghBfVL5U0QkaKlpYW&#10;T09P/IjEftDaeqcXycvL47HQpbm5GY/CMGQcP368ra0NgqBfwdE7d0ggC/WT1NS0vyxJScl4FIah&#10;pI/gGHWI9et+PZeoTJ/4nJ9O2y5Wdr2oqhN4tbyjNexaeTAno9Qns8wro9QxqdA6rsAiJtssOl0z&#10;JFMxMO0iJ/msV+Ip9/gT7nEgf2p7BedVhOVXVq1fFpFbFpJXGZhT7p9d7p1R4ppS6Jx4zT42jxWV&#10;bRicpu2XqM6JU/KIlXePOcnyjsyviMq7Ab3CrhYHZZX6Z5Z4pRaxEwpsonNMwjJ0A1LUOQkKnnGy&#10;bjHnnSKP2YYetgk5qWYYkFnqk1o8eYt14NVSv4wSn7Riz+RCdly+dVS2aUimjl+KqleCnEvsRceo&#10;M/YRp23DQE7ahASkFXknXINenOTrHgkFLrF5jtE51mGZhn4p2l4Jqu7xii5XZJyiLzpEnrMNP20V&#10;eowVfMgssOhmy/Wapg6gvi6vojHnRkN2+a3MkrqUwpq4vIro7BvhGSWBKYW+idc8r+S5Ruc4R2a5&#10;ROdM2G0wcbfhhF0GIBN3GUw9ZLpFmX3BzE9Slf3LHoOR61VFJZRfibiSqIQSUYpxyzWUKIquVhBd&#10;LS+6ipSVct+slP1mpfQ3K6RFV8l+J6Y0SkJllITqaAmV0RLKIGMklEDGEqXiWHH5cRIK48TlCUWc&#10;VMTkx66RHb1KetTKSyOXnR+59My3i059s+D41/OOfTX3yJdzDo1YeHz0stMSh9UX75QlgmP+aZPb&#10;Qb+yrojtkjf99YLDEWWDM+wr3Q9z7lWZy3gkSHsmnnGLX2UYsNrIf4e1t5hJYEHdbTGzYDHzYAkQ&#10;i+B1liEbrEKna3oqBKTFrpq/1ujh84wlGkHpFc33DjtFqwakHnWKOsmOrrl977hT1HHHqBNEGUnI&#10;5ai9pl76IZlUL53gDI2A9L22EXtswqWsw3Zbh+1ihT17/lyKFbaHFbLfKnSXRfAWk8DtymbyXklH&#10;dSNNPTJ/lrSTcU+U80456XRln02kFCt8k3GQaXj2VpPg7WYhu8xDd5iFgL7JMHC9vr+0ayLV67xj&#10;rIJ74haDwIzyhrXavhqclNb2DnVO6ib9wK2GwXlVzc9fvFin5S+h6eueWOyTWkYER0eHX1pZTkUT&#10;+8p1VY8UZfdkJbckJddEJdcEJZcERed4RTZIHIgSO278XsuJ+60I2ccC+QGq+1gzTjkcMAyUt49a&#10;I+88RtLg2026327U+Xaj7rcboNSBUpSS9SDaout0RNdpi67VEpXQ5IqGqLi6qJiaqJiq6BrVEeKq&#10;36/VGLVWY/Ra9QUHjQ/I2Y5eqzpmrcpYJBLKECVwYjFOQgmCQ3SWJATHV79LfDFx3uiVl75fcWHk&#10;srPfLj69T8lewybAyivmqzmHvpp7aOSiEyPn7Ru/5LDI6EOs/7ddSza0/lnW7x8tPDL6qNUWOZOF&#10;qh43c8yXcyrnqbjPUfOcpeqxXN9vk7nnUj2vtWZBEqZB83Q483R95uv6LND3XaTvu9jA93c1j/Ws&#10;kO9c9q7Wf/Qyd6mEWeA6s8DdtuFStuEnnWN2W4fusQ49xY4+5RR9zDFyv23YQfvwbRaBG/Q9paxD&#10;qV7rTQO3WIRstwzdaR0G5XZW6Cp9n5V6PlvMgnZahuyyDN5pHrhC21tC1nSdgd/POy6fMYhaeMR1&#10;tbavuJ6fpHnoTovQbWbB20yC9luFQzRASInr+ovp+G00CNxkGLBKk7NB35/qNV/OXULbd66c21Jl&#10;jz9lXFapeq1S81og7zZP3n2FKgdiYr2232o1zkI5Dz2/TBAUHBcd4+VdkuKu3dTwSpNlJ8g4xV1w&#10;iFV1S1R1TfRNLj5nG6XAviJ7OeasdcTonSY/7CXCAmTCXtaEPZY/gEhZTNzLWniRfdE64riJ/28H&#10;zUcQ8UEGByncsKCCQ0t0LT04IDI0RMXI4FgDwaECMhLiQwLiQ22UhNpoSCFrVeXk5MZIqICMXHwG&#10;ggMi4+GdZRAcT550jVkjN3aN3IIJc8jkceH75edHLjkjuujkNwuPfzXvCETGl7MPfj338HcLj/y4&#10;6pTIYgXXscdt/p1+/wunslGHWaMPWy07Zzj1EjvCT1tS3+kPaftZyu4zlN3nq7uu0HWZpeY1V4sD&#10;MlvTe7YWZw6ECBElnAV6Pr+pui819Ftu5DvTZetmcy8x0wBx0wCIj+2skJ1WcJhDtlkGb7MM2mZB&#10;yBbzwM3mgRvNAtYb+a4z8ZcwJnptNfcWNw4QMwpYY+i/ysB/hb7vCj3fZbo+hOhwlmtzVupw1uhy&#10;Vmh5b5I1mqfsOkfBDd4glmhyQJZr+azQ9l2h5bNUg7NY3XuxmvdiVS+QRSAqXgtVvBYoey1Q8pin&#10;6PGnNNFrlozrLGmXGdLOMy6yp4NcYE87D+I0/Tx71iXn2TJuc2Tc58q4zSPE3Sw42yTo6vNVC0EM&#10;/TMNSAGFEL9Mfd80fZ80PQ5Iqh4nRc+bFK/kkdsMRu8ynYAjgwwOKSI4SDGfcpC1U4sjYxW67MLl&#10;7zZzg2M9GR9ETNByxlqICW5wQGQQaUNddA0Ojm9WK0P5nQTEBxEc5PsLIRAZ5FsM8S4zVkJxHAi8&#10;rcB7CvG2AvEhM2aNNCSP4qqGJQf0up52j1h8qqii3sQlPCW37MvZB0Yul5mxS0/k4Q7JjpYWeE2E&#10;ppYl5t+cOOXXK9fbGtqf193pqmp4WN30iCwf1LR1193rLm98VFBzt6ju/o2mjurWJ1W3H0NZfedp&#10;VevT8qZHxfXtBdV3r9feK2t+UtbStT2kLr26LeV6bWphXUHtg5KWp2W3u4sbH18ra84Ijku0tE80&#10;sUo0toIyVPpAoqkVISbmocasPz7/MlTXNFbHOFbbiBRtQqfJ+G//d0XXBEmMmmoIlDrG0dpG0VqG&#10;IFFcidQxija0jDGxjja2ilaTjdQ3izK0iDKwiDS0EB01KVLXmLX1U6kLBvGmNgmm1olmNuNEJyWa&#10;2yZa2MHcZD79TGyCaCLYzW2TWA4KStaJpjZj92tA6XlqQbItO8mGnWB1+YqJZbSBebSRZZS+eaSu&#10;SZSucbSBRbS+ebS+WbQRy27XZvHVB6L1TKP1zMiSVAwsYoxYEVpK40eIRukZj5612P3oeduNu4zm&#10;rtSbuURv5jK9mUv1pi3SnvKn9uRZun8s0p+zymDeGv0/V+j+Pl/n13k6v2HRnboQjHpzVulClzmr&#10;DeaLQ9Vg+mKjmUtN5q02nbPSeMZi4+mLQEymLzaZAbIExHTmEtNZS0HM/lxGynJCZmMxn7OCkLkr&#10;+xDSDXWxWC3ppGrr5ZvnGVjk5n/d1bfAxSef7Z3nzMljc/KdvPMue+bYu2XauWbYuWbaumY4uF91&#10;9sn3Ci7xiaggJLSME1LGCSv3CirxCCxyDyh08y909bvO9ilw9My57JHl4Jnt4JFlZx9rvF9eE5bl&#10;l9kGfywwnbWMmrNQQbv2StD+YiEWYeYSWBzDPxbq/z5P55fZWlNmaU6aofG/GZqkaE3Coj1pJhId&#10;ruhOBpkFoidcSAfsj0eA6pQ/dX+erf/rXIPf5xlNXQBiOHUB6Lq/zNaeMktr0kyYAAgoxKH/+U+9&#10;X8B5DuH/2zxDkN/ngz8hv883AiFGmG/8xwLjaQtMiAO92GTmErM5y603H+A4hsUUtceWd0YW3b9S&#10;1pFS8yyt9nnqzWcplZ2VDXczi+uzyhpyK5rzKlvyK1ts2F5QPnv2rLbulhcnuKCqJd7XL0tb9bqu&#10;UpWBcoOhqp9vSFlZZb2BSrW+cpGeSq6uWtODFyIPIHGQhKSWJeXXFtfdr73bldPUVXvnSfnNe+U1&#10;beU196oaH9a1ddfff1bb1g1poqypo7ThYWVrV2Xr05jbTytuP71x+2lxY8e12vb8m/ev1z8sauwq&#10;auq6Vv/oanlLatGt7Kp7V248LGzsArlW35Fb3JAaEB1vbhtvZEmXBGMWISZECdU4eJ2f3RGjbRSj&#10;ZcgVfY68KmHhCjeVmEAZA2lC2yhK0zBK0yCSlCgwWtjHOXrFszlxpMS7+MWxvf3M7GIdPGOs2TE2&#10;zoTR2SfRwT3ZmZPuFZzmGZjmEZDmFZTuHQKS5kFUCR2a3ANSXf1SnDkpjl6pbn5pnkFpXsGpnkHJ&#10;7gGJbv5xTt6xNs6xti7Ehhy9YliOIGCJu+xJiINHPNsnwc0fi7NPgotfgrNvnINnhIWTn5aFq7S2&#10;7RF5y30XLPZeMNt2zGjZZt1pi3V+n68/b43phgPm20+Ybz1qun6/6bq9ZluOWGw/abHjFIi55AmT&#10;9fsMl2812XTQfOcp6Gguecxy+3HW9uPmqyVNZi41nrbQeBqRO4j0wc0dVPqgvZBevd5w7uhn+pi7&#10;0kpil7uBm39UOSe60j242NX/mrNvvhMn19E757Jnlr17pq1Luo1zmo1rOiFu6TbuGbZuGQ7eOe6h&#10;pZzICq/QEu+wUr+4m54hpS6++S6+eWyfPDaM4AMZB7JGlp17hr1XlpNnmtkJNfU/Fqr+b7oGvG7h&#10;hTdjsSnMnEoTAqVH4kBC7TLKHUthWWBxDKbO1/t1rs7Pf2pOnknlDvI1jIQ3d+j0N3fM4s0dOCPM&#10;IXLBVPLF/weRCNDWtSb3yB0o0YAzpA8DlD4gd/DKPCMkxGjzjf5YaCGxy8M+OPJ6e8yNp5GlnbEV&#10;XQlVzxNrnidVP0uoeKyiZxGaURNxtTY6tyE2rxFEn+Uem1MXm1sfX9CYQEqoo0uypnyOjlyxoVyV&#10;kSySSkOZIgOZHB35dCOthvYXxL9JMTAwMAwIlDjad+3a9fB+Qpint7nkhYyWp3c6cmPdTboaE9qb&#10;qkgHAmh6eu/G06e5ltKsugdPq4uTLnsk47anT8uSgh91Pe18dL+ytbCpKtw5KBUGtLMKaWzryGmt&#10;dTyhiP0IyhX3mBXcqXn6NMNA3+/xkxwDVXcYkMtjmEzn0wxrbTe39LqnT1svK7PC63EbAwPDcEDk&#10;GgMDA8MAwd/WDweuX7+Os9kbB8+AgeGd5fz58w4ODhoaGrg+xPRIHHYR18KvVqqzE/PLakvqb6c4&#10;y6od3Vue4oGb+Th6Ti67ubHh9u2GZqKqE5xeUZR/4YLhzrOmp3fsj9Lfr6FlpXPooAwrcPcl+3NG&#10;oUUVNXul3TIryc58CE8cFbILJRXlLY4rOFfcux0SFoasETZyeQGm7kZOYWFhRFNDRZiJpwPZemnl&#10;3vPStoe1nFWV1C5ZJ2qbs6/YnGBZRaOOiPLy8qtXryIdz4CB4d0kPT0dSgMDAyjPkk+X50daSyup&#10;oOp2c2Ns8e1Yy7M5kY6NtyuqKvMSimqgVe30dvtj2xoqC2sbsspvNSp65ht4X923bcva9Vsvq55C&#10;I9B5N8440oOysdY/smKuYa1/4BkwMLyzaGtry8vLBwUF4fprYGGsffNWE64Igbi9wTDhLV6q4Bkw&#10;MDD0D+KeEwwMDO86AXkPf1JrHiKJKe7Am+HyKnGEh4eXlZWBkpOTU1paiow8FBYWYo0PIyMjKC9e&#10;vIiqdOCiCynW1tZIodPS0oI1mieFlpYWlI8ePUpKSkKWtwicE3V1dd25c6e1tbWjg3cpk5OTobx/&#10;/35VVRW4IeNfAx0IHsZLZ2KNDzhN1dDQiImJkZOTwyYusLzt7e1I19fXRwpFVlZWZ2cn0p2cnJAy&#10;WDx8+BBWDFFfX4+tfNTU1GRkZLi5uUEI8QQAT7zBgOBMga09gZWH3SwvL8f1nsjIyEBHOMfE9fcC&#10;39xXKeMPneaXL19SVUK0bx9yb+thES7zdJpnqjevNOS1I7nV9gRvkj9xJCYmxsbGQomtNM6dOwcl&#10;eiXzYGpqCpc96Kjzxy7YCwoKrl69Cm4Q4tjKBaKhsbERFEgr/IkDXg9Qwgs1LS0NWd4i8fHxUEZG&#10;RkIJy0XaXgHBGhcXFx0dDbELL0hs7YnW1pNYI9H3KoHyadfDiIJaZEEITBw/yGSG5t1uasOvcwo0&#10;H2FoampijTxMWONy/vx5KNGy8y8+8KTzflxhfUpZmSvbtr3jsbOTfefda56Wfo9we2/AkUVKdXU1&#10;0iGrIgs/At+TBpo4YHcqKysDAwNxnQa8pYWFhYFSUkKs+fvEL5qvXtvoR/EIZOm+3/mLdktj94uF&#10;9m2SYZ1TtFrAOFWzeaNu8/WkNlXL5oLUtoqMNouirkmaLfPUmnfpNNt4t76sfEA1oXFAftduxpuk&#10;J47hz6C/JQ5bBCaO3oG3Wf4TircLvM7R6QycnTU0NCDjgOjlDJeBjjirlXp5D5Fc9G/DGyNhPuNg&#10;YGAYMD2+jsWnOAwMDB8Gz58/b2tru3fvHlxForv2IPjv3cMDkzgYGD5c+pM4UlNTz549a2pqiusk&#10;TOJgYPhw6TNxPHjwoLOzs6ysrLGxMTY2FhkBJnEwMHy4DOhSxc/PD2tM4mBg+JBhPuNgYGAYMEzi&#10;YGBgGDB9f8bR2el8rRAktbYOWRBM4mBg+HDpM3EUt9zObWwS8wmA8u6jR8gIMImDgeHDpT+Jw6Ow&#10;OOxGhV9JaXP7g/Ox8cjOJA4Ghg8X5jMOBgaGAcMkDgYGhgHDJA4GBoYB02fi6Kys6qypvbX7IJRP&#10;7t1DRoBJHAwMHy79TByd9bfaPDiPCotbjS2QnUkcDAwfLsylCgMDw4BhEgcDA8OAYRIHAwPDgOkz&#10;cZTONn1Y2EAJMgLvc+KQlpYWIZnDwPB6oEBis9k4tt4X+pk4oERVivc5ccCRXr16dSADw2Awfvx4&#10;iCgcW+8LzKWKAJjE8SbhcDhWVlaHDh1atmzZp59+CiXotra2vr6+2OMdh0kcdJjE0S/gVfF///d/&#10;MGD/cXNzw53fUw4cOIB3dSDIysri/u8a/U8cJSUlaGeBzz77LCIiAox37tzZu3cvtnKJjIxEXd4W&#10;TOIQAByY10kc+/btQ0f39fn444/xoO8+W7duxXvVEwimFy9e4KXnApauri7s0ZP9+/fjEd8R+pM4&#10;0K4Bs2bNwiZBwLIgt8mTJ2PTmwUOFlL6TBwd98qq4qZSgowAkzh4kZKSQgdVGHZ2du3t7fwvks7O&#10;zri4OOwkBHj/wZt5B/n666/xbpB8+eWXeM8HAu7M5bfffsOjD3t6Txy3bt1CewR0d3dja6989dVX&#10;EyZMwJU3BWwUZgivfFRlEocAYIEGlDj++c9/ksedl7t37+IRBwgcldGjR+NReoI3+Y7g4+OD502S&#10;l5eH95AP7EEC51nYygfEJXYi8fLywlsaxvSeONCOAGZmZtjUD/Lz87FGIyYm5pNPPsHDiYj8/e9/&#10;h8te3MaHn58f+CC9ubkZdQG+//57ZKRYt24dbhMRmTZt2nSSY8eOMZcqvMAC9TNxiIqKogWl8+DB&#10;AzzQYIAH7Qne/PBm6dKleLrkCQLeHyFgPy7YKgR6pt6xYwfe3nCll8Tx888/o70AsOkvgUaAU1dc&#10;5/LRRx+hJlzngowArOSBAwew9eVLOJFB9qysLGwiOXjwILLDKx9ZmM84BAAL1Gfi8PT0REtJB/cf&#10;AuDCHm+Dy7Jly/BUhiUnT57EExURKSoqwrvRK7GxsSdOnMjNzcX1XgkICMCji4ioqanhrQ5Lekkc&#10;aP4IbBo4qHtycjKu9wS1Aq2trdj08qWkpCQy4joNZAdwnYRJHP0CFqj3xLFz5060jhSwfLjzUPLp&#10;p5/i7XHBExp+4PmJiJw5cwbPXhCfffYZ9hOEuLg49hPExIkTsd/wPgXrJXHAmT+aP4BNA0RCQgJ1&#10;b29vx6aeNDU1IQcAm95I4lBVvVNR0RkV+eDY0dv19Y+vXetA9g83caxYsQItIgXu9kZwdHTEW+WC&#10;pzWcmDJlCp5cX4vDnwrpwMUO9hMC9hMRgcjG2x5+9PMzDkgB2DQQZs6ciboHBQVhEx/IAcD1N5U4&#10;oISsERxM5A5n9n1k/0ATh42NDVpBxL/+9S/c5w1CP0tH4MkNG/C0yC+D8KSFMFiJA8DbHn70njhu&#10;3LiB5g/4+vpia7+5e/cu7ixkEx0dHai1oqICm97gpQqkjKamx7hC8oEmDrR8FLgDHzzfJtDZvXs3&#10;duLi4uKC2/igf3BF5/PPP8ceJHhywwY8LfKzNzxjITCJA4F2AfH48WNsFURKSgr40L+wq6qqQh1/&#10;+uknbKKBmng+7Bxo4kBfwQCwLWRhPuMQACyQwMShrq6Olg/R0tKCO9Cgv4Eg/v3vf6PQoSMjIwPO&#10;mZmZuM7lP//5z9ixY3GFy4kTJ9DgdHAbyY8//oinODygf/qApyuEkSNHfv311x9//DH25vLf//4X&#10;7OvXr8d+QsDeIiI7d+7E2x5+9CdxIOBF+Pe//x3tkUAUFBSwKx9mZmbIZ+PGjY8ePXrw4MHUqVOh&#10;qquriz1IICvxnLHW19dDFoAmeCFjE8mZM2fo3w9iK5fY2FgmcfAC6yIwcXzzzTdo1RDYmwYcFdxG&#10;wmKxcAMXyAtYI/+VGPuRXLlyBTdwERUVxZogcDcueIrDBjwtERE4n8IzFg79MxFEdHQ0bhOOpqYm&#10;9h7GpxtA/xPHO0R/zjged3Vq5q9Ggk0fZuIgQ/QV2JvGsmXLcBsJtgphy5Yt2I8EW/sN/QN5AE9x&#10;2LBkyRI8MxGRJ0+e4EkL4S8kDvr/LAm7rhwmfJiJo/FBpWb+GpCQGpO69hJkBJjEISAUVq1ahdtI&#10;sFUIe/bswX4k2Npvfv31V9yTBE9xOEH9NxFw8OBBPG9BDDRx6OnpYT8RkR9++AFvb7jywSYOk8Id&#10;ILoF64yub0VG4ENMHDyfPmDvnuA2LtjKBf1HsL29PejUD5YQX3zxBfKhQPbw8HBc7wlqpcBTHGZY&#10;Wlri+ZF0dXXh2fek/4mDiDwaKioqeEvDmA/2UkUgH2LicHV1JcMVA1XcgQYsKG7uFXBD/rjeK8iT&#10;Ds8vR2fNmoWnOCzh+exz8+bNeDcGwvbt23F/kn/+85949GEPkzjofIiJAyCD9hW4gyDExcWxEw1h&#10;r5n169djDxpbtmzBzXxgDy54csOb33//HU+XhqGhId4lQcjKymI/GnB6gkd8R2ASB50PNHFQX2hT&#10;4D5vEJ5PNy5evIgn944wefJkPPWBMG3aNNz/XeNDThylc0xb/fLarpTh+gebOAD+/9fC3d4IeJNc&#10;Jk6ciKf1ziIvLw+XWnh/uMyZM0dbWxt7vON8mImj+qDnzbP+zXappbNN6bcsJhKHpaUl8saDvS/A&#10;Ye4lcQD85x19/o/j68Pzfx/AO3Qzmw+ZDyRxNDU1QdmvSxV1dXUibXx4iQPxt7/9jXz9vkJRUREP&#10;Mah0dnbiDdDgcDh4HgzDm6FLHC9evBg1ahSKB8Tly5dx2wB5/PgxurMprvcFf+K4desWlB/6ZxzC&#10;wLHAhf/UA8F/f8C/Bs//eiCWLFmCN89l7ty5uI1huIKP6ODBPyy/pf/Mnj17QN2ZD0cFgFZQGAEB&#10;Afj1ygXe/HEbH5WVlXjQfsPzf+t0du3ahTdJA7cxDG/w0R0k/ve///21YZ89eyawF/VTF1zvi/4k&#10;jqqqxyCgnDt7G1mADzdxAJ9++il+1fbk+++/xx59sXjx4osXL+JKP8Ab6ImysjJuZhj24NgaJPCg&#10;AxwW93lTieOywz2UOI4dZRIHjUOHDuFXMB8qKirY6TX49ddf+c9uEHZ2dtjpHQSvMh/ozRDeS1HV&#10;3t4e+VO/DAwKCkKWdxG0C8JA/yNXV1eHqtRZ50cffYQsCC0trZMkqBVAVQR2EoSMjAw44D60XtT/&#10;8tITh8B/QUJuFO3t7cylCi94qfoHhDV+NQsHXgMjR47EHYRjaGiIOwiHuhZ9d0GLTL8io+5ehetc&#10;n+bmZur2Jd9++y1uezdBe8EP+sm1wDseNTY2or78tzVBdgDX+wfuI6gXlTjmz5+PTVyQHcB1EuYz&#10;DgHgdRogv//+O35xDwHw5oA38+6DV5kPyJvYgwRbSfhv2PHOgfekJ15eXr20AtSbv76+PjaRICOA&#10;6/0D9xHUq5dLFWQHcJ2ESRwCwOv0GsD7JH7FvwY89w16b0CLzPMZMDLCywPXSZARV95x0L7wgNuE&#10;tCKwR08fbOq1Iz+4j6BeQ5E42ty9Om5UdtbU1m+QxCYmcQyUn376af/+/U5OTjgr0HBzc4NLUIE/&#10;5XgvwassCOzBRaDxHQXtCw9z5sxBrb08+RE58DwnCRkBXO8fuI+gXkOUOCBrMImDgeGvg2OLD9ws&#10;xEFOTk5gKzICuN4/cB9BvZhLlUEArxMDw+CBY0sQI0aMQD48j2KLiIgA48yZM3GdBvIHcL1/UJ/Q&#10;u7u7QxVe/NQI1A3lYmJikIUC2QH67VSYxCEAWI5bDAyDx8OHD3Fs9crGjRu//PJLeIl+9913SkpK&#10;2Dqo3Lx5Ez239GSvX9/2CZM4GBgYBkw/E0d5Rlt13n2r3R/Gz+oZGBh6p8/E0X63MzfsdknK3ebq&#10;h8iCYBIHA8OHC3OpwsDAMGCYxMHAwDBgmMTBwMAwYPpMHFVxXz9qy6lOGF2T8juyIJjEwcDw4dLP&#10;xPGoLRcUEGQEmMTBwPDh0v9LlZqUXx4/rMUVJnEwMHzIMJ9xCCYtLY38L9s+uHnzJu4wcKi7LSC2&#10;bt2KG4Rz9+5d7M0FN9DADQP8Z2RAXl4e9yTB1qGH/ohZAFuHJTU1NXiWXHDDGyE+Ph5vlQtu4EJ/&#10;EDc2DRlM4ugNfBBERExNTbGJBm4TEfnvf/+LTX8JNEh/EgcF6gLg+uAhKSk5RCP3DtoogOvDGzzX&#10;tzRbvO23ulb9TByPHz++cOECrpAwiYMAN/f6s+g+QSMwiQOB68MbPFcmcfSaOOC0/ezZs+BWUVGB&#10;TUziQOBm8uZucKIIC0SBPV6+7O7uxiYuuIELGgElDnBGP3NCtLS0IB8ecLOQ0IHDs2HDBlzpSWxs&#10;LO4pIrJnz57Ozs7a2lrcRsKTOOiPdBEVFe3lsQ88z4uCAMINgigrK8N+IiISEhL0B/djD+HgReSC&#10;rXz2W7du4QYaioqK+/fvR7qjoyPepPDH6CPOnDmD/bj7hStCZuvp6YmbRUTgaD558gQ39AQ2+u9/&#10;/xvpJiYmyL/3mSCQJ4DrPYFDNn78eFzhA17quDNJVFQUbuADomjq1KnYT0TExsYGN5D0/1IFcoeM&#10;jExWVhaqMonj5fz583Ez7RBSN7nDdRrIDuA6F2SE1w+UAQEByDh27FhkB06dOoWMFLih51Djxo2D&#10;fIEb+LZy4sQJMEJiwnWSH3/8EXrhCgmVOGRlZT/55BNsffny8OHDyD5lyhRs4gLGMWPG4ApJeno6&#10;chZ2s0xc4UL5A9jUF9hbkD+yr1y5EtdJqNs7o0fVQJZH9hs3biA7gCwU6CMD+iIg6A/iwiaSBw8e&#10;gIXnp/EfffQR8qyvr0cWSBaff/45MgLHjx83MDCA1yGqzpkzB7n1AvIEcP3lS3j1iomJ0V/nuIEL&#10;Ss0wc1zngpwBXCf517/+xWMBkBuAqsxnHL2Bl0pE5MCBAxBhYCkpKfntt9+wlYTnpUi9O+E6DWQH&#10;cJ0LMgp8Nj1qAgIDA7GJBFsHvhX+H1PzePZyqYLsAK6T8FsQyA6oqalhk3BnADUBuN4X2Fv4pnkS&#10;B4DsAK5z2bZtG799xYoV/EYK1ATgOvfTdHt7e1yngTwBXCfBJiHj9w7uKagvbujZRN2lEddpZGRk&#10;8DTxVCmSkpJQE8o+vSQOeEX0AnPGIZi/nDiEfcaBWgFcJ8GmgWyFOGY0iouLcUNPBpQ40EsOTkbu&#10;9gpyRn0BVOUBtwlp5Qd7C59n/xMH/y53dHQgS3R0NDb1BLUCuM614B0WAhwC7N3r/PsE9xS+7wCu&#10;kyCLg4MDrguHujLFMxYCeDKJozfQIgLvQeJAUC8JCjc3N9xGMqDEgetCtsUDdhXijNv6NxSAvYXP&#10;83USB2RVZPHx8cGmnqBWANe5Fmtra1zvC+QP4PpAwD2F7zuA6yTIAvkd14UDwYCccV04TOLoDbSI&#10;wFtPHGVlZbhOgowArtPADXxN/M/Tpz+iBZsGmDguXLiALF5eXtjEB7xpo8t+5AkgOw+4TUgrP9hb&#10;+DwH5YwDwKae4DZaK64L8UfQW5EzgOsDAfcU1Bc39GzCpl63ZW5uDuWTJ0+Q5w8//IDs/Dx79mzf&#10;vn1M4ugNtIgA9VF8n1DPkVVXV8cmkkePHiE7gE1ckFFg4kAfd/G/LFEXANdp4AZBW8EajZiYGB5n&#10;6lXE//E+sgO4ToJNJNjEBUVhVVUVrtOc4ZWJTVxwg6BJCgR7833GtHbtWmTv54OFAIG5krr/OIBN&#10;XOClghtoTQ8fPsQmERE9PT1s5QJvPGDHFRLkCeD6QMA9BfXFDXxN2CoiMmHCBGziAu8f9E9k6f+P&#10;h000Pv74Y/SILEgccBAbGpquXy9mEscrioqK8OJxkZCQoD6K751FixbhPlzQt264Qv7TB6w1cgbG&#10;jRuHG0REsrKywPL06dNdu3ZBVVtbG/nQOX78OHIGIPdjK0lYWBhuIN806N+eIiP9O5GWlhawwCsN&#10;11++rKysRG4IbCUJDg7GVtpTGhHe3t64oSdWVlbYg4bAx+tu2bIFayIiv/32Wz/XGXegYWBgQLcf&#10;OHAA3hKRM/31UFhYiIxARUUFtoqIfPPNN9hKgh5JyQ89R6ioqGBvEmGPm4MXDPYgQd/sIL744gts&#10;7R/07/JYLBa2ktCfSiMuLo6tXGA1cFtPcDMN+nfwdH755RfsQSaOR486/Pz8MzMhlpnEwcDA0A8g&#10;cTx48LDmZl1qKpE5cCJgEgcDA0MvQOLILyhISU2Nj09gEgcDA0O/YD4cZWBgGDBM4mBgYBgwvSQO&#10;9K/lwmASBwPDhwuTOBgYGAYMShwKCgrt7e29JA4ZGRkoL126hKpAj8TRNHjUc6mrq2sYbCoqKrxI&#10;vN8ssMXAwEA8CQaGd5lGktbWVpwJnj7tJXE4OjpijUuPxIFf61wKSqv2j12vqOXkcKO+PpkNFhON&#10;E/UV2XtWyJ7U9oTqlRIoatgXThz4z5zj4rJEHy4tLS0wp+LiYlDwT2oGj+zs7Pz8639NrK2tCwuL&#10;eYz9l4KC63gSDAzvMsrKynB5AqcbOBP0mjj4EdliFErJKcf4zZqemzQ8L7ombTEOBpE0Dd1tGXHM&#10;IfawjHplU9uNxrulDXdKG+4W37pTBFLXeh2klpDCutZrda35tbezqpszq5rSKhqTyxsSy24lltYl&#10;llZHF9WEX68JLagJzq/2y63yya7wzrrhmXnDLaPcNb3MJb3MOa2UnQpSAsoJj5Syprayxrvlzfew&#10;NLWBlDW2lTbeLWkAIbZeWHf7et3ta7XN+Tebc6qbsiobMisaMm/cyiivTy2tSympTSyqibtWFZVb&#10;FpldHJZZGJp+PTjtWmBqQUBKgV9ynm9ynk9SnmtkSlldS9mt2yDlUNa3lNa1lNS1FNc2gRTdbLpe&#10;03ituqGgqiGv8lZ2Rd3V8tr0kptpJTeTi6oTr1deya+IySuPyimLyCoJu1ocklEUnFEUkHbNL6WA&#10;k5TvlZjnEZ/rHp/jFpfjkZB34JKqmVtASd3t0npCYIuggxTXthTVNheC3Gy+Vt1UUN2YX9WYW9mQ&#10;feNWZlldekltSvHNpMLqhGuVsXkVMbk3YFvhmcXBadcDUwr8kwv8kvJ9EvK84nK84rI9rmR7xGa5&#10;g8RkFd9sLLnZVHqzubS2GZSi6sbC6sZrVQ0FlfX5FfV5N+pyy+uyy2qvlt5ML6oGSb5WkZBXHpdb&#10;FptdGpNVGpFZDFsJTS8MSb0emFzgn5Tvl5jnk5DrE5/rDdu6ku1JbsUtOgtad2u732l/dOf+w1au&#10;3L5HSEvbAyTNd9uRNN2533D7Xn3LvbrmttqmOzWNd6pv3a6sv32jrrkc5lnTVFzdUFR5q7Dy1rWK&#10;+oIbdXnltTmlN19Jyc3FW4/uVHPhl13qrns03Y7oe54381GxC9Jjh+k5h6vbB0H1kK77TlX2Zjn7&#10;9TI26y9Zr6Pk4isd7OsvvoZcsBIs51lcsVx3DokFlBsusDZesNosbbtF7vIWefZWBfY2RedtUBJC&#10;KaQosiVBFAjZruBEE8ft8o47FEAub38ljjsU2TuUXHYouSLZruhCirMkDCvP3ibntE3OcYvs5c0y&#10;Dpul7UE2SdttvGi78YINTHLdWcu1ZyzWnjFfe9oc9A3nWJsv2WyTtd8uf5kUB2PHAE2Wl4qpq8io&#10;QyyQhZfsL5p5Ooivytkw3vDi6RMm3qcNnDcoOaxW81yh6jFHnn1WVc8kNMso9OqLFnZ3Z1PtdZPH&#10;zZ5haYFmUTmWMbmsmDzTyBzDiGy90CzN4Ez1oHTlgDSVgBT1wAS1wLiTrjF7HaKkHKJ22EVss43Y&#10;ahu+zSZC0jZC0o6Q7XYRO+wjdtpH7L4cBSJ1OWqmlhcrrsA6/potvFY2r6ratLJq/bJKicWVYgtd&#10;IlIdEq87JF6ziy+wicu3upIHWzePzjGJzDKNzDIJv6ofkq7qm6zASZT2iLvkTshFtysX3WJBLrgS&#10;ct4FyzmX2LPO0YctfNiJ15yTrrskF/JsyyMy1THh2uWEa3Zx+TaxuazoXLOIbOPwLP2QTJ2gDEVO&#10;srRHwil27FGHqEN2kQftIg5x5bBdxBH7iCN2EQdswvZYhe6yDNlpEQyyX9XUI7EAxrGKyf95x+Up&#10;kvaTt1hP2oT/3dg0NNsyKtciMtckPNskLNsg5KpeUKZ2QLq6X6qKT4qsR+Jpp9iDNpF7rcJ3WYSC&#10;7LYI220ZtocVto8Vvt864oB1xEEorSL2s8L2WIbtNg8xD8s2C8uGkn9bur7phoEZBgGZev7pWr6p&#10;6pwUVc9kRfdEedf4S+wrJ2yjDlqGS5mF7DYNkTIL3WMeBrIXiRmUoXvMQqVMQ6VMQnabhOwyDt5h&#10;FDzlpEP89ZuJhbXJxXUdJM9WLyT+tLbGXbt5paAGJDa/Jia/JjqvOjKnMjyrIiTzRlBGuV9qqWdC&#10;oV1ErkVwlklAhrE/knQjP5A0I98eYuyXZuKfPnbp3on7WVj2cWWvJcgEkH2WE/dZTjpoNe2E7QpZ&#10;Fyld3/NWYfL2UWcsQ7eoe809bTdRyvi7rXojNul8u5FPNmh/uwGVhIhSsp5HtETXgWiSoiW6FkRT&#10;VIIuGljE1UlRExUDUSVFRXTNKxkhrjpSQu07CfXv12qMWqc+ei1d1EhRRTJmneqYtarzdquPlVAZ&#10;s1ZlDJQSymMllEDGvRJFLOIKpMiPE5MfKyY/Zo0cKTKjV0mDjFp56fsVF75bfn7ksnMjl575dskZ&#10;0UWnRBed3Kdk7+CXsP608VfzjuQW1yRkFX81+9BXcw99M+/IyEXHRy09NXrpqSmrT4yYs2fisiM4&#10;cXy98sRH61TnOxVZp9W4JJr4ZR36cuvZr1eenHDSZuwx69HHrKUUjDYaBmwyDnre7PSkNSgv5vRp&#10;/7wJl29sMg5YouW9UNNroZb3OfcEzaDMky5xe+wisqsb5DnRofnlVS33HZKK0BnKJsvQxQa+SJYY&#10;+i0x8Ftq6L/UyG+Zsf9yY/8Vxv4rTQNWmQb8oe6xzyn6ADtmjNuB8ex9Jxwfihk8Wq3/6GXe8pe5&#10;SzdZBu+xC99iGWwRk+ubVcaKzTvrdsUyOu+My5UDduGe6cX77cKOXo5Q5CSaRWQdsA274HolIq/y&#10;kvuV4OwbZQ2th+zC99uG7rMJ3WsVuscqZKuB5znXKyACt7XNMiSrqinyWrV7WklOTXP17XuHLkfr&#10;Bl8tuNkCiTI4t3KdcQBklnXG/t7pJSml9dlVjRuNA7aaBjonXoezMzWf5K3G/hsNfNfq+0rocTYq&#10;mCt7xR+2izxiHyWpGGzkcbW1rYN6Ma/V999hERpfVAvpwyu91DwyV8k75V7HE4e4a63tHZk3Gi+6&#10;xIfnVlpH50uaBGfeaEgsqovOrzYKzorKrz5sE7ndNMQztWStnr+Erp+4ji/IAatwIo9YRfBva7mK&#10;1wp17/W6/klFtWHZlcvVvNySCi3CsuTdEpcoe+yzCNXySdtnEeaXXibrmgglKyJvGXRR5ci7Jq5U&#10;5Yip+3gkFi9V8lyq6IVk8gkH0+As0+Bsi9BcSBddehqd1wq65c6DruKectEp3jIs1z66oKS21Tu5&#10;JKu8MfF6raZ3GuxGQXVzdG6VZ2LRebuYyGw4fatquvvwvG109o2Gy5G5hr5p7nHXEgpqztlEnrOJ&#10;OGcNEvndfMmxu81+gEwB+WK/Vc/0wZqwl/XDHkssUpBNWFMOWf152mG9iudxsxAF+yhpm/Bd2t7z&#10;z9r/KGUycgtkEF0ya0CpS2aNHiJKyXquYJ2bRIgMoi26FgRlEK2eGURTVBzSByli6qSQSWSNKilE&#10;7vhWTHWkuOp3EmqQO76XUB+FUoaE2vyDRqAckLMdLUEkjpiYmJCQkICAAEgZkDvGrlUZvfjUyCVn&#10;qfQBhxWuOzof1I8TJxLHiNm7wAKJY9Tyc2PXyH0zfYv1ZbflK/b8PFeSSB8rL41acYFIH0TuODsC&#10;0geZO0QXnPh6/vGv5x2D3PHVvMNfzTn0Jcjsg5A+ROcfHbno5HcLDoKMX3pMZMwhq59O2KxQdP1s&#10;t8l/9FInajo9if6pzWbU56fcxxy0GH3YavQRq9FHrcQvmU6XYU+VZndUqhfEaueE7/ol+KGocdHv&#10;p81mKrn/qeIxU9l9BikzVd2X6LiKGzov1nb7U8PzTw2vuVqc+do+87Q5c7Q4s0FAAdHhzNXlzCPE&#10;B2S+ns8CfZ+F+r6L9H1/U3VfZuS/1NBvqZG/qLPUN+zdXzvtep677GXu4l0sFzGTADHTAAmurDcP&#10;3GoZvAPe2K1Cd5MCyi6rkJ1WITtYwdstCZG0DJK0CNpGylbzoC3mgZsJCdgE3Q28N5kEbDAJWG8S&#10;wLOtvSxXCZNACeMAcaMAMRBD/9WG/qsMCFmp77sCRM93uS4SH0J0OCu4soqUNbocMV2fNTqcZVpe&#10;i9Q9JGSMFdyvLFRzn6/qzn8WsFids1TLZ5mWz3ItnxXavit1fFfp+q7R9RMjZY2O32owavushFZN&#10;znJNzjINUqCXujeSJWreS1S9F6t6L1L1WqTitVTNe6Gy53wlAduadclllgwhM6WdZ15yngFykY1k&#10;+gUkTtPPEwKWmZdc/pRxnS3jNkfGba6s+1wZdyjngciQIus+X9Z9ygkHw8CrWpx0Vc8USBazZ88+&#10;ffo0ccbR0aHsnixU3JKUXZOUXBMVXRIUXeIVnbnCjgNRAHEiRN7pCldi5R1jv/1j1XeShqN3GI+T&#10;MofsgFLGBBAya0zYYwkCKYMrFkgmSFn8tI817bitmILbUeNAOduICxAVah5zTlpP2GU0EqUPvsSB&#10;hcgR3HwBaQIUKLFw8wWRMpD0kjXIxIGzBpE4vlmjLLpaWXSN8ggifah9D+mDyB1qoyQoUSUSB03Q&#10;uQZNlEBQ7lBTmq2m9CdKHISQpxuErJEjc8fm+RPnTf9dYsxq4rxj9MqLo1ZeOKTOjkorLK5qMHOP&#10;rm++6xyUdErHReyEgaKFz5L9mpMlLoouODJti/yXsw98Nfvg13MPf7f45KhlZ37ZKC+yUdN7g4bX&#10;Qnnnn0/ZLVR0+/UUa/J522UqnuhMZNRh1miQI6yfpVSWqXstUvVYouq5UtNbQs9vpRZnmab3Ch2f&#10;1Xp+EOKE6PmKGfhtt+DsseFsNPUTNw5caxK0zix4k0XIZlboJsuwTRahGy1CN1uGbmaFbbEK32pN&#10;ig1cuZAXLzbh220j9jtGT1V1P+AUA5c2IHscovZejt7nSAg0HSDlkFPMYXbMMefYk3C54RZ3zi3u&#10;tMsV0E86x5zgCug8coJNyHF2NMgxp+ijTtFHHEGiDl8mBa44HCJJiYLTioMO0QcvRx9wiN5Pyj77&#10;6H12UfvsIkH22kbusY0AkSJlt034buvwXYSE7bYK22UVtpsFAqczcJ0SttcqbJ912D5SmXdYaaeu&#10;i6RZ0GaTgC0mgVtNg7ZbhO6wDNvJCtvFCt9jFbHXOgLKPazw3azwnRZhO0DMQ7cjMaMkZIdZCJRw&#10;ioHFBIskV7aBGIMEbzUKAtlsCBK4ySBwk37ARj1/QnT9N+j4rSdlHbdcp+2LZC2IFhIfkHVavuCw&#10;USdgk27AJr3AzVzZQspWvcBDFhFwxuGXVg7im1bmm1rKSSmFMwtKOFgIO4gPV3y54pNS4pNc4ptc&#10;DCUS0H2Tin16SJFPIiHfTJcYsc1gpKTB99uNx+4yg9zBTRk4axAiRQiVNX6AFAOy23w8nKrsNvtp&#10;r8X043YblN3PWgQr2oafMPZfJX15kpTxSLh+4SYL8gqFSBaEjvIFJZAjKIUQKlMIO90gU8YaEMga&#10;OHF8g2S1MilKkD6+XaNMnnqoQvogS1WUOLi5Q4UUQoF8MZoQSBk4cRC5Q1yRFEgZ/IlDfhyRO2TH&#10;rpEBGbNGmswdl+C8Y/TKC3DqQZ53nBm55PSIxae+XXxSdOEJ0QXHvp5/7Gs475h7GE434KQDcgeU&#10;v2zXn7bHZOUZ+/8PkkDTGNsCsC4AAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhALw/433eAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQm+NLIeY4loOIbQ9hUKTQultY21sE2tl&#10;LMV2/r7Kqb3NMsvMm2I9206MNPjWsQa1SEAQV860XGv4Orw9PYPwAdlg55g0XMnDury/KzA3buJP&#10;GvehFjGEfY4amhD6XEpfNWTRL1xPHL2TGyyGeA61NANOMdx2Mk2STFpsOTY02NO2oeq8v1gN7xNO&#10;m6V6HXfn0/b6c1h9fO8Uaf34MG9eQASaw98z3PAjOpSR6egubLzoNMQhQUOWZiBubqLSFYhjVEuV&#10;gSwL+X9A+QsAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMvZTJv&#10;RG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFAl/M/&#10;/z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtYSolf&#10;Uma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5o5DO&#10;V3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/gjUd&#10;RQMAAI8HAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQBP&#10;BUQ27GgAAOxoAAAUAAAAAAAAAAAAAAAAAKsFAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItABQA&#10;BgAIAAAAIQC8P+N93gAAAAgBAAAPAAAAAAAAAAAAAAAAAMluAABkcnMvZG93bnJldi54bWxQSwEC&#10;LQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADUbwAAZHJzL19yZWxzL2Uyb0Rv&#10;Yy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADHcAAAAAA=&#10;">
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:7810;width:56483;height:4381;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCMC32PwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPGEvoqkeVGqjiCCI6GHVH/Bsnk1p81KabO3++40g7HGYmW+YbNvbWnTU+tKxgtk0AUGc&#10;O11yoeB+O0xWIHxA1lg7JgW/5GG7GQ4yTLV78Td111CICGGfogITQpNK6XNDFv3UNcTRe7rWYoiy&#10;LaRu8RXhtpbzJFlIiyXHBYMN7Q3l1fXHKhibJrmcn8fHQS9yU508Lm13Uupr1O/WIAL14T/8aR+1&#10;gvlsCe8z8QjIzR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjAt9j8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="3BDF6067" w14:textId="614AA57D" w:rsidR="00712457" w:rsidRPr="00712457" w:rsidRDefault="00712457" w:rsidP="00712457">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="19"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00712457">
                           <w:rPr>
                             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                             <w:color w:val="111111"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="19"/>
                             <w:lang w:eastAsia="pt-BR"/>
                           </w:rPr>
-                          <w:t xml:space="preserve">O conteúdo deste trabalho pode ser usado sob os termos da licença </w:t>
-[...43 lines deleted...]
-                          <w:t xml:space="preserve"> 4.0. Qualquer outra distribuição deste trabalho deve manter a atribuição ao(s) autor(es) e o título do trabalho, citação da revista e DOI.</w:t>
+                          <w:t>O conteúdo deste trabalho pode ser usado sob os termos da licença Creative Commons Attribution 4.0. Qualquer outra distribuição deste trabalho deve manter a atribuição ao(s) autor(es) e o título do trabalho, citação da revista e DOI.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
                 <v:shape id="Imagem 5" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;top:190;width:8382;height:2991;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDHz6GTxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8AreataCYrdGsQuKiAW1Xnp7bF43SzcvaxJ19debQqHHYWa+YSazzjbiTD7UjhUM+hkI&#10;4tLpmisFh8/F8xhEiMgaG8ek4EoBZtPHhwnm2l14R+d9rESCcMhRgYmxzaUMpSGLoe9a4uR9O28x&#10;JukrqT1eEtw28iXLRtJizWnBYEuFofJnf7IKXo39KLaH9fvRNyesi+Xmq7uNleo9dfM3EJG6+B/+&#10;a6+0giH8Xkk3QE7vAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMfPoZPEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
-                  <v:imagedata r:id="rId11" o:title="" croptop="20424f" cropbottom="21799f" cropleft="13006f" cropright="15788f"/>
+                  <v:imagedata r:id="rId10" o:title="" croptop="20424f" cropbottom="21799f" cropleft="13006f" cropright="15788f"/>
                 </v:shape>
                 <w10:wrap anchorx="margin"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D61966">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00580CA9" w:rsidRPr="009E336C" w:rsidSect="00E629EB">
-      <w:headerReference w:type="default" r:id="rId12"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15401556" w14:textId="77777777" w:rsidR="00911A18" w:rsidRDefault="00911A18" w:rsidP="00D65080">
+    <w:p w14:paraId="7D719278" w14:textId="77777777" w:rsidR="0098163C" w:rsidRDefault="0098163C" w:rsidP="00D65080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D4F340F" w14:textId="77777777" w:rsidR="00911A18" w:rsidRDefault="00911A18" w:rsidP="00D65080">
+    <w:p w14:paraId="54C3A7EC" w14:textId="77777777" w:rsidR="0098163C" w:rsidRDefault="0098163C" w:rsidP="00D65080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4B025666" w14:textId="77777777" w:rsidR="00911A18" w:rsidRDefault="00911A18">
+    <w:p w14:paraId="3F2F76C1" w14:textId="77777777" w:rsidR="0098163C" w:rsidRDefault="0098163C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvGulliv-R">
     <w:altName w:val="MS Gothic"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="648104704"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="7060B104" w14:textId="44D59E22" w:rsidR="009F01BE" w:rsidRDefault="009F01BE">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00256219">
+        <w:r w:rsidR="00C76CEC">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4873CD08" w14:textId="2AC07E4B" w:rsidR="009F01BE" w:rsidRPr="00787F17" w:rsidRDefault="00787F17" w:rsidP="00787F17">
+  <w:p w14:paraId="4873CD08" w14:textId="1A57B482" w:rsidR="009F01BE" w:rsidRPr="00787F17" w:rsidRDefault="00787F17" w:rsidP="00787F17">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00580CA9">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">E&amp;S - </w:t>
+      <w:t xml:space="preserve">ES Engineering and Science ISSN: 2358-5390 DOI: 10.18607/ES[ano][edição][artigo] Volume _, </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00580CA9">
+    <w:r w:rsidR="00ED525C">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Engineering</w:t>
+      <w:t>Número</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00580CA9">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-      <w:t>ano][edição][artigo] Volume _, Edição _</w:t>
+      <w:t xml:space="preserve"> _</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1666011641"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="05D0E047" w14:textId="4DB69C70" w:rsidR="00E629EB" w:rsidRDefault="00E629EB">
         <w:pPr>
           <w:pStyle w:val="Rodap"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00256219">
-[...3 lines deleted...]
-          <w:t>1</w:t>
+        <w:r>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="08B3B2EA" w14:textId="21ED7DEC" w:rsidR="009F01BE" w:rsidRPr="00580CA9" w:rsidRDefault="00E629EB" w:rsidP="00E629EB">
+  <w:p w14:paraId="08B3B2EA" w14:textId="03948719" w:rsidR="009F01BE" w:rsidRPr="00580CA9" w:rsidRDefault="00E629EB" w:rsidP="00E629EB">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00580CA9">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">E&amp;S - </w:t>
+      <w:t xml:space="preserve">ES - Engineering and Science ISSN: 2358-5390 DOI: 10.18607/ES[ano][edição][artigo] Volume _, </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="00580CA9">
+    <w:r w:rsidR="00090013">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Engineering</w:t>
+      <w:t>Número</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00580CA9">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-      <w:t>ano][edição][artigo] Volume _, Edição _</w:t>
+      <w:t xml:space="preserve"> _</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="504B8DF0" w14:textId="77777777" w:rsidR="00911A18" w:rsidRDefault="00911A18" w:rsidP="00D65080">
+    <w:p w14:paraId="33D03DD4" w14:textId="77777777" w:rsidR="0098163C" w:rsidRDefault="0098163C" w:rsidP="00D65080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="42682720" w14:textId="77777777" w:rsidR="00911A18" w:rsidRDefault="00911A18" w:rsidP="00D65080">
+    <w:p w14:paraId="04ED75F0" w14:textId="77777777" w:rsidR="0098163C" w:rsidRDefault="0098163C" w:rsidP="00D65080">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3171AD13" w14:textId="77777777" w:rsidR="00911A18" w:rsidRDefault="00911A18">
+    <w:p w14:paraId="2DB10CA1" w14:textId="77777777" w:rsidR="0098163C" w:rsidRDefault="0098163C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="0FEC7B87" w14:textId="16FAB80B" w:rsidR="009F01BE" w:rsidRPr="006A2AA6" w:rsidRDefault="009F01BE" w:rsidP="00F00F63">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="0FEC7B87" w14:textId="06AC19EF" w:rsidR="009F01BE" w:rsidRPr="006A2AA6" w:rsidRDefault="009F01BE" w:rsidP="00F00F63">
     <w:pPr>
       <w:spacing w:after="200"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006A2AA6">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Sobrenome, Nome; </w:t>
     </w:r>
     <w:r w:rsidRPr="006A2AA6">
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>et al</w:t>
     </w:r>
     <w:r w:rsidRPr="006A2AA6">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>; Título do</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Artigo.</w:t>
     </w:r>
     <w:r w:rsidRPr="006A2AA6">
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="006A2AA6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>E&amp;S – Engineering and Science, (</w:t>
+      <w:t>ES</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="006A2AA6">
+    <w:r w:rsidR="00892325">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>ano</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="006A2AA6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>), (</w:t>
-[...15 lines deleted...]
-      <w:t>).</w:t>
+      <w:t>Engineering and Science, (ano), (edição).</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="3581E11C" w14:textId="1491C9D0" w:rsidR="009F01BE" w:rsidRPr="005450F0" w:rsidRDefault="006761AE" w:rsidP="006761AE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:p w14:paraId="3581E11C" w14:textId="5598B46C" w:rsidR="009F01BE" w:rsidRPr="005450F0" w:rsidRDefault="006761AE" w:rsidP="006761AE">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="center" w:pos="4535"/>
         <w:tab w:val="right" w:pos="8504"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="009F01BE">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D17CF8C" wp14:editId="62E459CD">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673088" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D17CF8C" wp14:editId="62E459CD">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-651510</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-449580</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2428875" cy="923925"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Imagem 2" descr="C:\Users\Revista.EST-HP\Downloads\Revista ES _ Header 002.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Imagem 2" descr="C:\Users\Revista.EST-HP\Downloads\Revista ES _ Header 002.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -4634,148 +4243,154 @@
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="009F01BE" w:rsidRPr="00D109B5">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="009F01BE">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Sobrenome</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="009F01BE" w:rsidRPr="00962675">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">; </w:t>
     </w:r>
     <w:r w:rsidR="009F01BE" w:rsidRPr="00962675">
       <w:rPr>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>et al</w:t>
     </w:r>
-    <w:r w:rsidR="009F01BE" w:rsidRPr="00962675">
+    <w:r w:rsidR="00747717">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>, E&amp;S - Engineering and Science 20</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00EB414D">
+    <w:r w:rsidR="00DD2005">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>,</w:t>
     </w:r>
-    <w:r w:rsidR="00E629EB">
+    <w:r w:rsidR="009F01BE" w:rsidRPr="00962675">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t xml:space="preserve"> ES Engineering and Science </w:t>
     </w:r>
-    <w:r w:rsidR="009F01BE" w:rsidRPr="00962675">
+    <w:r w:rsidR="00DD2005">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve">, </w:t>
+      <w:t>(ano)</w:t>
     </w:r>
-    <w:r w:rsidR="00E629EB">
+    <w:r w:rsidR="009F01BE" w:rsidRPr="00962675">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
-    <w:r w:rsidR="009F01BE" w:rsidRPr="00962675">
+    <w:r w:rsidR="00090013">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>:</w:t>
+      <w:t>(</w:t>
     </w:r>
-    <w:r w:rsidR="00E629EB">
+    <w:r w:rsidR="00892325">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>edição</w:t>
+    </w:r>
+    <w:r w:rsidR="00090013">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="58FA4A80" w14:textId="492B4C38" w:rsidR="009F01BE" w:rsidRPr="00FE4A58" w:rsidRDefault="009F01BE" w:rsidP="00FE4A58">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="056D5CA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BF7EC9A8"/>
     <w:lvl w:ilvl="0" w:tplc="E326D39C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -4820,51 +4435,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0611713D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F878D6D4"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1380" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2100" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4933,51 +4548,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7140" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A36730F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE34192E"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="782" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5046,51 +4661,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5822" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B155D3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="245E772A"/>
     <w:lvl w:ilvl="0" w:tplc="04160005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5159,51 +4774,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C845676"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D967CB6"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5245,51 +4860,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D151806"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA326B3A"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5358,51 +4973,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F724152"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A9C8936"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5471,51 +5086,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12E6381F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="343C4E72"/>
     <w:lvl w:ilvl="0" w:tplc="58007294">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -5560,51 +5175,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17723625"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="343C4E72"/>
     <w:lvl w:ilvl="0" w:tplc="58007294">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -5649,51 +5264,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A364EDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D5B66782"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5735,51 +5350,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FF47F5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="47B09BAC"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="776" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1496" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5848,51 +5463,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5816" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6536" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E4D69C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32486106"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5934,51 +5549,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F5C2111"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A30A4A78"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6047,51 +5662,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3093246B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C64E561C"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6160,51 +5775,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31DA2B93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE6081FE"/>
     <w:lvl w:ilvl="0" w:tplc="8EC003BC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6273,51 +5888,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37A45E98"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54D61344"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6386,51 +6001,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="386E06FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AFACFA2"/>
     <w:lvl w:ilvl="0" w:tplc="0416000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6472,51 +6087,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="397920AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FE8BAA8"/>
     <w:lvl w:ilvl="0" w:tplc="04160005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6585,51 +6200,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AB62368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDBE4DFE"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6698,51 +6313,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F1D7766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AEE89754"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6811,51 +6426,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F402DA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3ADEAB38"/>
     <w:lvl w:ilvl="0" w:tplc="07EAD8D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -6900,51 +6515,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41D54731"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0423F46"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7013,51 +6628,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="427A78D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1220AE68"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1505" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7126,51 +6741,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5825" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6545" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4336413D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CAEC872"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7239,51 +6854,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47153342"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3918D586"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7352,51 +6967,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4875654C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A13609BC"/>
     <w:lvl w:ilvl="0" w:tplc="04160005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7465,51 +7080,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57B5723E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E4D4160A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -7578,51 +7193,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A472492"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55145CC8"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7691,51 +7306,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C4B6770"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF10A786"/>
     <w:lvl w:ilvl="0" w:tplc="04160005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7804,51 +7419,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C666D2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="343C4E72"/>
     <w:lvl w:ilvl="0" w:tplc="58007294">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="420" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -7893,51 +7508,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4740" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5460" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6180" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="655F432E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="13DAFA2C"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8006,51 +7621,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69F93B09"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8C3C42A6"/>
     <w:lvl w:ilvl="0" w:tplc="D814F6E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -8095,51 +7710,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="716166FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCA621A6"/>
     <w:lvl w:ilvl="0" w:tplc="04160005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8208,51 +7823,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72683DA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7E20DD8"/>
     <w:lvl w:ilvl="0" w:tplc="0EAAD616">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
@@ -8297,51 +7912,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79976692"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68BA1640"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8410,51 +8025,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B123B5E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="683E81DC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="692" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -8523,51 +8138,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2924" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3496" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B6C374C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="432C7CA0"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8636,51 +8251,51 @@
     <w:lvl w:ilvl="7" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CF3530C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="749CEA34"/>
     <w:lvl w:ilvl="0" w:tplc="04160001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8867,74 +8482,74 @@
   <w:num w:numId="32">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:zoom w:percent="160"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E746CE"/>
     <w:rsid w:val="00004574"/>
     <w:rsid w:val="00004DEC"/>
     <w:rsid w:val="0000642A"/>
     <w:rsid w:val="000100D3"/>
     <w:rsid w:val="00010D60"/>
     <w:rsid w:val="0001124C"/>
     <w:rsid w:val="000128EB"/>
     <w:rsid w:val="00013943"/>
     <w:rsid w:val="00013F8C"/>
     <w:rsid w:val="00013FA0"/>
     <w:rsid w:val="000142FD"/>
     <w:rsid w:val="0001732F"/>
     <w:rsid w:val="0001757E"/>
     <w:rsid w:val="00021C91"/>
     <w:rsid w:val="00021D72"/>
     <w:rsid w:val="00021F97"/>
     <w:rsid w:val="00022514"/>
     <w:rsid w:val="00023776"/>
     <w:rsid w:val="00025061"/>
     <w:rsid w:val="00025257"/>
     <w:rsid w:val="00025B6C"/>
     <w:rsid w:val="000261F4"/>
@@ -8960,79 +8575,81 @@
     <w:rsid w:val="000531C8"/>
     <w:rsid w:val="000540EA"/>
     <w:rsid w:val="00054286"/>
     <w:rsid w:val="000548A6"/>
     <w:rsid w:val="00054F3B"/>
     <w:rsid w:val="00056322"/>
     <w:rsid w:val="000563A0"/>
     <w:rsid w:val="00056C2B"/>
     <w:rsid w:val="0005707F"/>
     <w:rsid w:val="000570D7"/>
     <w:rsid w:val="00062123"/>
     <w:rsid w:val="00062314"/>
     <w:rsid w:val="00062BC5"/>
     <w:rsid w:val="00063DC3"/>
     <w:rsid w:val="00066457"/>
     <w:rsid w:val="00071E3F"/>
     <w:rsid w:val="00074045"/>
     <w:rsid w:val="000753E7"/>
     <w:rsid w:val="00077D64"/>
     <w:rsid w:val="0008271B"/>
     <w:rsid w:val="000841FA"/>
     <w:rsid w:val="000845BA"/>
     <w:rsid w:val="00086304"/>
     <w:rsid w:val="00086A1B"/>
     <w:rsid w:val="00087CA8"/>
+    <w:rsid w:val="00090013"/>
     <w:rsid w:val="0009009F"/>
     <w:rsid w:val="00090F86"/>
     <w:rsid w:val="00091BC6"/>
     <w:rsid w:val="000939A8"/>
     <w:rsid w:val="00095A99"/>
     <w:rsid w:val="000A2750"/>
     <w:rsid w:val="000A4F45"/>
     <w:rsid w:val="000B075C"/>
     <w:rsid w:val="000B1B6E"/>
     <w:rsid w:val="000B1D49"/>
     <w:rsid w:val="000B35D9"/>
     <w:rsid w:val="000B4178"/>
     <w:rsid w:val="000B51A3"/>
     <w:rsid w:val="000B70BF"/>
     <w:rsid w:val="000B79A9"/>
     <w:rsid w:val="000B7DA8"/>
     <w:rsid w:val="000B7EF2"/>
     <w:rsid w:val="000C3D96"/>
     <w:rsid w:val="000C4A63"/>
     <w:rsid w:val="000C4ADA"/>
     <w:rsid w:val="000C5E16"/>
     <w:rsid w:val="000C708B"/>
     <w:rsid w:val="000D29BD"/>
     <w:rsid w:val="000D702C"/>
     <w:rsid w:val="000D752F"/>
     <w:rsid w:val="000D7E69"/>
     <w:rsid w:val="000E11DC"/>
     <w:rsid w:val="000E447F"/>
     <w:rsid w:val="000E4861"/>
+    <w:rsid w:val="000F017E"/>
     <w:rsid w:val="000F06A6"/>
     <w:rsid w:val="000F326D"/>
     <w:rsid w:val="000F3819"/>
     <w:rsid w:val="000F424F"/>
     <w:rsid w:val="000F5A90"/>
     <w:rsid w:val="000F6068"/>
     <w:rsid w:val="000F7D18"/>
     <w:rsid w:val="001022C8"/>
     <w:rsid w:val="0010451F"/>
     <w:rsid w:val="00104784"/>
     <w:rsid w:val="0010609A"/>
     <w:rsid w:val="0010613C"/>
     <w:rsid w:val="0010726F"/>
     <w:rsid w:val="00107F58"/>
     <w:rsid w:val="00111710"/>
     <w:rsid w:val="001123BE"/>
     <w:rsid w:val="001127B3"/>
     <w:rsid w:val="001139E5"/>
     <w:rsid w:val="001152BD"/>
     <w:rsid w:val="001155E6"/>
     <w:rsid w:val="00117E4D"/>
     <w:rsid w:val="001212CE"/>
     <w:rsid w:val="00123C60"/>
     <w:rsid w:val="00123ED9"/>
     <w:rsid w:val="00124DB6"/>
@@ -9049,50 +8666,52 @@
     <w:rsid w:val="001420E4"/>
     <w:rsid w:val="001450AA"/>
     <w:rsid w:val="001453BD"/>
     <w:rsid w:val="00147977"/>
     <w:rsid w:val="0015209F"/>
     <w:rsid w:val="00154653"/>
     <w:rsid w:val="00155CEE"/>
     <w:rsid w:val="00156EED"/>
     <w:rsid w:val="001570F3"/>
     <w:rsid w:val="0015786C"/>
     <w:rsid w:val="00160445"/>
     <w:rsid w:val="00160D9B"/>
     <w:rsid w:val="00161A24"/>
     <w:rsid w:val="00163507"/>
     <w:rsid w:val="001636D2"/>
     <w:rsid w:val="001659AF"/>
     <w:rsid w:val="0016767A"/>
     <w:rsid w:val="0017132F"/>
     <w:rsid w:val="00172912"/>
     <w:rsid w:val="0017349A"/>
     <w:rsid w:val="00173AE7"/>
     <w:rsid w:val="00174620"/>
     <w:rsid w:val="00175708"/>
     <w:rsid w:val="001827DB"/>
     <w:rsid w:val="00184B43"/>
+    <w:rsid w:val="0018743A"/>
+    <w:rsid w:val="00190F28"/>
     <w:rsid w:val="00193121"/>
     <w:rsid w:val="00193237"/>
     <w:rsid w:val="00194CA5"/>
     <w:rsid w:val="00195AF2"/>
     <w:rsid w:val="00197298"/>
     <w:rsid w:val="001A05AB"/>
     <w:rsid w:val="001A414D"/>
     <w:rsid w:val="001A4EEE"/>
     <w:rsid w:val="001A6309"/>
     <w:rsid w:val="001A6E30"/>
     <w:rsid w:val="001A6E8E"/>
     <w:rsid w:val="001B1B31"/>
     <w:rsid w:val="001B4547"/>
     <w:rsid w:val="001B543B"/>
     <w:rsid w:val="001B662E"/>
     <w:rsid w:val="001C2610"/>
     <w:rsid w:val="001C2917"/>
     <w:rsid w:val="001C384E"/>
     <w:rsid w:val="001C4B7F"/>
     <w:rsid w:val="001C4FC6"/>
     <w:rsid w:val="001C70D0"/>
     <w:rsid w:val="001C7C1A"/>
     <w:rsid w:val="001D304A"/>
     <w:rsid w:val="001D376C"/>
     <w:rsid w:val="001D7F85"/>
@@ -9116,51 +8735,50 @@
     <w:rsid w:val="0021210E"/>
     <w:rsid w:val="00212283"/>
     <w:rsid w:val="002124DA"/>
     <w:rsid w:val="002144B7"/>
     <w:rsid w:val="00216B0C"/>
     <w:rsid w:val="00217619"/>
     <w:rsid w:val="00220CBD"/>
     <w:rsid w:val="00223CB4"/>
     <w:rsid w:val="00225DCC"/>
     <w:rsid w:val="0022699B"/>
     <w:rsid w:val="002272EE"/>
     <w:rsid w:val="00233872"/>
     <w:rsid w:val="0023796E"/>
     <w:rsid w:val="00241614"/>
     <w:rsid w:val="00242371"/>
     <w:rsid w:val="00242969"/>
     <w:rsid w:val="00242C14"/>
     <w:rsid w:val="00242FA9"/>
     <w:rsid w:val="00244DFE"/>
     <w:rsid w:val="00247921"/>
     <w:rsid w:val="002514C5"/>
     <w:rsid w:val="00251694"/>
     <w:rsid w:val="00252393"/>
     <w:rsid w:val="00252474"/>
     <w:rsid w:val="00253ADB"/>
-    <w:rsid w:val="00256219"/>
     <w:rsid w:val="00260BBF"/>
     <w:rsid w:val="00261671"/>
     <w:rsid w:val="00261A5A"/>
     <w:rsid w:val="00265F22"/>
     <w:rsid w:val="00266329"/>
     <w:rsid w:val="002666D7"/>
     <w:rsid w:val="00266EAE"/>
     <w:rsid w:val="00272B90"/>
     <w:rsid w:val="002735E4"/>
     <w:rsid w:val="00274501"/>
     <w:rsid w:val="002779A3"/>
     <w:rsid w:val="00280405"/>
     <w:rsid w:val="0028162C"/>
     <w:rsid w:val="00281D69"/>
     <w:rsid w:val="00282D61"/>
     <w:rsid w:val="002831D2"/>
     <w:rsid w:val="00285876"/>
     <w:rsid w:val="00285C22"/>
     <w:rsid w:val="002863D2"/>
     <w:rsid w:val="002870A3"/>
     <w:rsid w:val="00290B39"/>
     <w:rsid w:val="002915E9"/>
     <w:rsid w:val="002921EC"/>
     <w:rsid w:val="002941A4"/>
     <w:rsid w:val="002942EC"/>
@@ -9168,50 +8786,51 @@
     <w:rsid w:val="00294BAD"/>
     <w:rsid w:val="0029669D"/>
     <w:rsid w:val="00297636"/>
     <w:rsid w:val="002A08C4"/>
     <w:rsid w:val="002A0913"/>
     <w:rsid w:val="002A2E5D"/>
     <w:rsid w:val="002A31F1"/>
     <w:rsid w:val="002A4E5F"/>
     <w:rsid w:val="002A5A17"/>
     <w:rsid w:val="002A6508"/>
     <w:rsid w:val="002B0BD2"/>
     <w:rsid w:val="002B0F0B"/>
     <w:rsid w:val="002B1C98"/>
     <w:rsid w:val="002B5F74"/>
     <w:rsid w:val="002B6E46"/>
     <w:rsid w:val="002B701D"/>
     <w:rsid w:val="002C0E1F"/>
     <w:rsid w:val="002C3737"/>
     <w:rsid w:val="002C3F24"/>
     <w:rsid w:val="002C5F2B"/>
     <w:rsid w:val="002C737E"/>
     <w:rsid w:val="002D0010"/>
     <w:rsid w:val="002D36D9"/>
     <w:rsid w:val="002D3B17"/>
     <w:rsid w:val="002D43AF"/>
+    <w:rsid w:val="002D43E0"/>
     <w:rsid w:val="002D479C"/>
     <w:rsid w:val="002D4E23"/>
     <w:rsid w:val="002D4F21"/>
     <w:rsid w:val="002D5258"/>
     <w:rsid w:val="002D5CFB"/>
     <w:rsid w:val="002D6F47"/>
     <w:rsid w:val="002E12B3"/>
     <w:rsid w:val="002E18E9"/>
     <w:rsid w:val="002E5463"/>
     <w:rsid w:val="002E621A"/>
     <w:rsid w:val="002E6337"/>
     <w:rsid w:val="002F0F23"/>
     <w:rsid w:val="002F115D"/>
     <w:rsid w:val="002F190F"/>
     <w:rsid w:val="002F1CA4"/>
     <w:rsid w:val="002F2623"/>
     <w:rsid w:val="002F5A3B"/>
     <w:rsid w:val="002F793A"/>
     <w:rsid w:val="003003BC"/>
     <w:rsid w:val="00301441"/>
     <w:rsid w:val="00301D71"/>
     <w:rsid w:val="00302A30"/>
     <w:rsid w:val="0030488A"/>
     <w:rsid w:val="00305D1C"/>
     <w:rsid w:val="003072EC"/>
@@ -9377,50 +8996,51 @@
     <w:rsid w:val="004A3316"/>
     <w:rsid w:val="004A3A33"/>
     <w:rsid w:val="004A3BA3"/>
     <w:rsid w:val="004A40CE"/>
     <w:rsid w:val="004A6091"/>
     <w:rsid w:val="004A710E"/>
     <w:rsid w:val="004A789E"/>
     <w:rsid w:val="004B43ED"/>
     <w:rsid w:val="004B44C6"/>
     <w:rsid w:val="004B44CA"/>
     <w:rsid w:val="004B604C"/>
     <w:rsid w:val="004B6C64"/>
     <w:rsid w:val="004C198B"/>
     <w:rsid w:val="004C3B31"/>
     <w:rsid w:val="004C42B2"/>
     <w:rsid w:val="004C464B"/>
     <w:rsid w:val="004C6472"/>
     <w:rsid w:val="004C7A31"/>
     <w:rsid w:val="004D2CC9"/>
     <w:rsid w:val="004D332D"/>
     <w:rsid w:val="004D3F6A"/>
     <w:rsid w:val="004D457D"/>
     <w:rsid w:val="004D4E4D"/>
     <w:rsid w:val="004D6768"/>
     <w:rsid w:val="004D6E64"/>
+    <w:rsid w:val="004D74C9"/>
     <w:rsid w:val="004E06E5"/>
     <w:rsid w:val="004E070C"/>
     <w:rsid w:val="004E2229"/>
     <w:rsid w:val="004E558D"/>
     <w:rsid w:val="004E60FC"/>
     <w:rsid w:val="004E680C"/>
     <w:rsid w:val="004E7065"/>
     <w:rsid w:val="004F1D7E"/>
     <w:rsid w:val="004F2784"/>
     <w:rsid w:val="004F36F6"/>
     <w:rsid w:val="004F6F0C"/>
     <w:rsid w:val="004F7D2C"/>
     <w:rsid w:val="004F7ED7"/>
     <w:rsid w:val="00501BDA"/>
     <w:rsid w:val="00502C42"/>
     <w:rsid w:val="005037CD"/>
     <w:rsid w:val="00504211"/>
     <w:rsid w:val="00506C5F"/>
     <w:rsid w:val="00507E76"/>
     <w:rsid w:val="00507ED2"/>
     <w:rsid w:val="00507FE7"/>
     <w:rsid w:val="005121B3"/>
     <w:rsid w:val="005157C0"/>
     <w:rsid w:val="00515CA0"/>
     <w:rsid w:val="005171D5"/>
@@ -9482,85 +9102,87 @@
     <w:rsid w:val="005B1955"/>
     <w:rsid w:val="005B19D1"/>
     <w:rsid w:val="005B4105"/>
     <w:rsid w:val="005B43D2"/>
     <w:rsid w:val="005B4A0D"/>
     <w:rsid w:val="005B7E98"/>
     <w:rsid w:val="005C19E5"/>
     <w:rsid w:val="005C2023"/>
     <w:rsid w:val="005C202A"/>
     <w:rsid w:val="005C2613"/>
     <w:rsid w:val="005C2CA7"/>
     <w:rsid w:val="005C3229"/>
     <w:rsid w:val="005C3559"/>
     <w:rsid w:val="005C435E"/>
     <w:rsid w:val="005C5B37"/>
     <w:rsid w:val="005C5C6D"/>
     <w:rsid w:val="005C5E34"/>
     <w:rsid w:val="005C736F"/>
     <w:rsid w:val="005D0A74"/>
     <w:rsid w:val="005D0E5A"/>
     <w:rsid w:val="005D261F"/>
     <w:rsid w:val="005D2797"/>
     <w:rsid w:val="005D5C9B"/>
     <w:rsid w:val="005D7EA3"/>
     <w:rsid w:val="005E03DF"/>
+    <w:rsid w:val="005E1050"/>
     <w:rsid w:val="005E298B"/>
     <w:rsid w:val="005E29A9"/>
     <w:rsid w:val="005E39F3"/>
     <w:rsid w:val="005E47BD"/>
     <w:rsid w:val="005E488C"/>
     <w:rsid w:val="005E5738"/>
     <w:rsid w:val="005E66AE"/>
     <w:rsid w:val="005E7D54"/>
     <w:rsid w:val="005F29D7"/>
     <w:rsid w:val="005F4072"/>
     <w:rsid w:val="005F4678"/>
     <w:rsid w:val="005F78CE"/>
     <w:rsid w:val="005F796D"/>
     <w:rsid w:val="005F7C3E"/>
     <w:rsid w:val="00604F4D"/>
     <w:rsid w:val="0060547B"/>
     <w:rsid w:val="006073BA"/>
     <w:rsid w:val="00607B48"/>
     <w:rsid w:val="00613760"/>
     <w:rsid w:val="00614600"/>
     <w:rsid w:val="00614FB4"/>
     <w:rsid w:val="006157EF"/>
     <w:rsid w:val="006178B6"/>
     <w:rsid w:val="00617CB0"/>
     <w:rsid w:val="00620026"/>
     <w:rsid w:val="00624A55"/>
     <w:rsid w:val="00626864"/>
     <w:rsid w:val="00630E1C"/>
     <w:rsid w:val="00631FAD"/>
     <w:rsid w:val="0063322A"/>
     <w:rsid w:val="0063406C"/>
     <w:rsid w:val="0063429D"/>
     <w:rsid w:val="00636379"/>
     <w:rsid w:val="006365BB"/>
     <w:rsid w:val="00636992"/>
+    <w:rsid w:val="006407FC"/>
     <w:rsid w:val="00640A2B"/>
     <w:rsid w:val="00641137"/>
     <w:rsid w:val="00642F10"/>
     <w:rsid w:val="00645184"/>
     <w:rsid w:val="006453F0"/>
     <w:rsid w:val="00647FF6"/>
     <w:rsid w:val="006506BE"/>
     <w:rsid w:val="00652713"/>
     <w:rsid w:val="00653043"/>
     <w:rsid w:val="00653D80"/>
     <w:rsid w:val="006543AE"/>
     <w:rsid w:val="006543F6"/>
     <w:rsid w:val="00655D50"/>
     <w:rsid w:val="00656836"/>
     <w:rsid w:val="00656907"/>
     <w:rsid w:val="00661DE5"/>
     <w:rsid w:val="00664E75"/>
     <w:rsid w:val="00666AB6"/>
     <w:rsid w:val="006678E9"/>
     <w:rsid w:val="006716DB"/>
     <w:rsid w:val="00673CC6"/>
     <w:rsid w:val="0067467C"/>
     <w:rsid w:val="00674876"/>
     <w:rsid w:val="006761AE"/>
     <w:rsid w:val="00676566"/>
@@ -9626,50 +9248,51 @@
     <w:rsid w:val="00713482"/>
     <w:rsid w:val="00714E57"/>
     <w:rsid w:val="007160DE"/>
     <w:rsid w:val="0071637D"/>
     <w:rsid w:val="00717879"/>
     <w:rsid w:val="00720841"/>
     <w:rsid w:val="007218FA"/>
     <w:rsid w:val="00722B1E"/>
     <w:rsid w:val="00723B36"/>
     <w:rsid w:val="0072472E"/>
     <w:rsid w:val="00724C16"/>
     <w:rsid w:val="0072655F"/>
     <w:rsid w:val="00730807"/>
     <w:rsid w:val="00731BA4"/>
     <w:rsid w:val="0073249C"/>
     <w:rsid w:val="00732526"/>
     <w:rsid w:val="00732B28"/>
     <w:rsid w:val="00734860"/>
     <w:rsid w:val="00736266"/>
     <w:rsid w:val="00736BCC"/>
     <w:rsid w:val="00741325"/>
     <w:rsid w:val="007413B3"/>
     <w:rsid w:val="007420C1"/>
     <w:rsid w:val="007440AA"/>
     <w:rsid w:val="00746EBE"/>
+    <w:rsid w:val="00747717"/>
     <w:rsid w:val="00750ADA"/>
     <w:rsid w:val="00750E6C"/>
     <w:rsid w:val="00752122"/>
     <w:rsid w:val="00752CA4"/>
     <w:rsid w:val="00754B80"/>
     <w:rsid w:val="00755BB4"/>
     <w:rsid w:val="00756686"/>
     <w:rsid w:val="0075711E"/>
     <w:rsid w:val="00761CAB"/>
     <w:rsid w:val="00761E43"/>
     <w:rsid w:val="0076458B"/>
     <w:rsid w:val="00764C25"/>
     <w:rsid w:val="0076598D"/>
     <w:rsid w:val="007723FB"/>
     <w:rsid w:val="00780E4E"/>
     <w:rsid w:val="0078116F"/>
     <w:rsid w:val="0078146D"/>
     <w:rsid w:val="00784179"/>
     <w:rsid w:val="007843B8"/>
     <w:rsid w:val="007862B9"/>
     <w:rsid w:val="00787F17"/>
     <w:rsid w:val="0079062E"/>
     <w:rsid w:val="0079540B"/>
     <w:rsid w:val="007A0165"/>
     <w:rsid w:val="007A1A0E"/>
@@ -9740,125 +9363,126 @@
     <w:rsid w:val="00841D9B"/>
     <w:rsid w:val="00843453"/>
     <w:rsid w:val="00843462"/>
     <w:rsid w:val="008435A8"/>
     <w:rsid w:val="008437A2"/>
     <w:rsid w:val="008458A9"/>
     <w:rsid w:val="00852DA6"/>
     <w:rsid w:val="0085439A"/>
     <w:rsid w:val="0085701F"/>
     <w:rsid w:val="00861490"/>
     <w:rsid w:val="008621D1"/>
     <w:rsid w:val="00862E4D"/>
     <w:rsid w:val="00864D89"/>
     <w:rsid w:val="00864F56"/>
     <w:rsid w:val="00865D0A"/>
     <w:rsid w:val="00866261"/>
     <w:rsid w:val="00874F36"/>
     <w:rsid w:val="00876668"/>
     <w:rsid w:val="00880EE6"/>
     <w:rsid w:val="008818EC"/>
     <w:rsid w:val="0088403E"/>
     <w:rsid w:val="00884F77"/>
     <w:rsid w:val="00886E8D"/>
     <w:rsid w:val="0089051E"/>
     <w:rsid w:val="00890633"/>
+    <w:rsid w:val="00892325"/>
     <w:rsid w:val="008924F1"/>
     <w:rsid w:val="008967C1"/>
     <w:rsid w:val="008A1CE1"/>
     <w:rsid w:val="008A1F77"/>
     <w:rsid w:val="008A4C20"/>
     <w:rsid w:val="008B0F23"/>
     <w:rsid w:val="008B2525"/>
     <w:rsid w:val="008B39FD"/>
     <w:rsid w:val="008B4E57"/>
     <w:rsid w:val="008B6195"/>
     <w:rsid w:val="008B7353"/>
     <w:rsid w:val="008D12E5"/>
     <w:rsid w:val="008D1386"/>
     <w:rsid w:val="008D18FF"/>
     <w:rsid w:val="008D2B11"/>
     <w:rsid w:val="008D2CAF"/>
     <w:rsid w:val="008D39A0"/>
     <w:rsid w:val="008D4598"/>
     <w:rsid w:val="008D5927"/>
     <w:rsid w:val="008D7FE0"/>
     <w:rsid w:val="008E0368"/>
     <w:rsid w:val="008E227C"/>
     <w:rsid w:val="008E502E"/>
     <w:rsid w:val="008E6375"/>
     <w:rsid w:val="008F2235"/>
     <w:rsid w:val="008F50BB"/>
     <w:rsid w:val="008F56CD"/>
     <w:rsid w:val="008F6722"/>
     <w:rsid w:val="008F7BFB"/>
     <w:rsid w:val="00900323"/>
     <w:rsid w:val="009013BC"/>
     <w:rsid w:val="00901E1A"/>
     <w:rsid w:val="009044F4"/>
     <w:rsid w:val="00906D59"/>
     <w:rsid w:val="00906E87"/>
     <w:rsid w:val="009077ED"/>
     <w:rsid w:val="00907B24"/>
     <w:rsid w:val="00907D08"/>
     <w:rsid w:val="0091025D"/>
     <w:rsid w:val="00911873"/>
-    <w:rsid w:val="00911A18"/>
     <w:rsid w:val="0091459F"/>
     <w:rsid w:val="00915A82"/>
     <w:rsid w:val="00916206"/>
     <w:rsid w:val="00917034"/>
     <w:rsid w:val="00923B36"/>
     <w:rsid w:val="0092485B"/>
     <w:rsid w:val="00925068"/>
     <w:rsid w:val="00930040"/>
     <w:rsid w:val="00932980"/>
     <w:rsid w:val="00933DDF"/>
     <w:rsid w:val="00933FD0"/>
     <w:rsid w:val="00940455"/>
     <w:rsid w:val="00943013"/>
     <w:rsid w:val="0094323C"/>
     <w:rsid w:val="00943645"/>
     <w:rsid w:val="00944A0B"/>
     <w:rsid w:val="00944CFE"/>
     <w:rsid w:val="00946941"/>
     <w:rsid w:val="009471FD"/>
     <w:rsid w:val="009504F4"/>
     <w:rsid w:val="009508EC"/>
     <w:rsid w:val="00950EF6"/>
     <w:rsid w:val="00957237"/>
     <w:rsid w:val="00962675"/>
     <w:rsid w:val="00962D74"/>
     <w:rsid w:val="00963292"/>
     <w:rsid w:val="00965998"/>
     <w:rsid w:val="009674BE"/>
     <w:rsid w:val="00970CB9"/>
     <w:rsid w:val="009741E7"/>
     <w:rsid w:val="0097573D"/>
     <w:rsid w:val="00976AE0"/>
     <w:rsid w:val="00977AC9"/>
     <w:rsid w:val="00977B82"/>
+    <w:rsid w:val="0098163C"/>
     <w:rsid w:val="00983F4C"/>
     <w:rsid w:val="00986A7F"/>
     <w:rsid w:val="00990E23"/>
     <w:rsid w:val="009919C8"/>
     <w:rsid w:val="00993E48"/>
     <w:rsid w:val="00997BAC"/>
     <w:rsid w:val="009A1CB5"/>
     <w:rsid w:val="009A4710"/>
     <w:rsid w:val="009B05F7"/>
     <w:rsid w:val="009B1ECD"/>
     <w:rsid w:val="009B33F5"/>
     <w:rsid w:val="009B405B"/>
     <w:rsid w:val="009B58FF"/>
     <w:rsid w:val="009B6515"/>
     <w:rsid w:val="009C3917"/>
     <w:rsid w:val="009C498C"/>
     <w:rsid w:val="009C518D"/>
     <w:rsid w:val="009C7A8E"/>
     <w:rsid w:val="009C7AAA"/>
     <w:rsid w:val="009C7B2A"/>
     <w:rsid w:val="009C7BBA"/>
     <w:rsid w:val="009C7FD1"/>
     <w:rsid w:val="009D02FE"/>
     <w:rsid w:val="009D3330"/>
     <w:rsid w:val="009D4411"/>
@@ -10127,50 +9751,51 @@
     <w:rsid w:val="00C453F9"/>
     <w:rsid w:val="00C45B84"/>
     <w:rsid w:val="00C50082"/>
     <w:rsid w:val="00C509EA"/>
     <w:rsid w:val="00C512E6"/>
     <w:rsid w:val="00C52415"/>
     <w:rsid w:val="00C52499"/>
     <w:rsid w:val="00C5267F"/>
     <w:rsid w:val="00C540F6"/>
     <w:rsid w:val="00C5582C"/>
     <w:rsid w:val="00C56762"/>
     <w:rsid w:val="00C57060"/>
     <w:rsid w:val="00C57380"/>
     <w:rsid w:val="00C60003"/>
     <w:rsid w:val="00C60717"/>
     <w:rsid w:val="00C61F17"/>
     <w:rsid w:val="00C6276C"/>
     <w:rsid w:val="00C62C8E"/>
     <w:rsid w:val="00C63B8A"/>
     <w:rsid w:val="00C6436F"/>
     <w:rsid w:val="00C651CA"/>
     <w:rsid w:val="00C6627F"/>
     <w:rsid w:val="00C66962"/>
     <w:rsid w:val="00C70568"/>
     <w:rsid w:val="00C7090E"/>
+    <w:rsid w:val="00C71C7E"/>
     <w:rsid w:val="00C7307D"/>
     <w:rsid w:val="00C732F6"/>
     <w:rsid w:val="00C740CF"/>
     <w:rsid w:val="00C76CEC"/>
     <w:rsid w:val="00C80168"/>
     <w:rsid w:val="00C812C5"/>
     <w:rsid w:val="00C8146F"/>
     <w:rsid w:val="00C81F77"/>
     <w:rsid w:val="00C82D85"/>
     <w:rsid w:val="00C835B2"/>
     <w:rsid w:val="00C849C0"/>
     <w:rsid w:val="00C8515E"/>
     <w:rsid w:val="00C86FB0"/>
     <w:rsid w:val="00C87C1D"/>
     <w:rsid w:val="00C90178"/>
     <w:rsid w:val="00C90721"/>
     <w:rsid w:val="00C90F09"/>
     <w:rsid w:val="00C9117D"/>
     <w:rsid w:val="00C91EBC"/>
     <w:rsid w:val="00C93EBA"/>
     <w:rsid w:val="00C94563"/>
     <w:rsid w:val="00C94CB8"/>
     <w:rsid w:val="00CA1F47"/>
     <w:rsid w:val="00CA2529"/>
     <w:rsid w:val="00CA4AEA"/>
@@ -10264,50 +9889,51 @@
     <w:rsid w:val="00D84EAD"/>
     <w:rsid w:val="00D934B5"/>
     <w:rsid w:val="00D944BF"/>
     <w:rsid w:val="00D96691"/>
     <w:rsid w:val="00D96BCC"/>
     <w:rsid w:val="00DA0762"/>
     <w:rsid w:val="00DA141E"/>
     <w:rsid w:val="00DA2EBC"/>
     <w:rsid w:val="00DA611A"/>
     <w:rsid w:val="00DA6DCE"/>
     <w:rsid w:val="00DA7356"/>
     <w:rsid w:val="00DA7B75"/>
     <w:rsid w:val="00DB0833"/>
     <w:rsid w:val="00DB1018"/>
     <w:rsid w:val="00DB13F6"/>
     <w:rsid w:val="00DB2275"/>
     <w:rsid w:val="00DB42E3"/>
     <w:rsid w:val="00DB4A45"/>
     <w:rsid w:val="00DB4FBC"/>
     <w:rsid w:val="00DB74B0"/>
     <w:rsid w:val="00DC01CB"/>
     <w:rsid w:val="00DC3BCC"/>
     <w:rsid w:val="00DC639D"/>
     <w:rsid w:val="00DD0736"/>
     <w:rsid w:val="00DD1943"/>
+    <w:rsid w:val="00DD2005"/>
     <w:rsid w:val="00DD2048"/>
     <w:rsid w:val="00DD4A27"/>
     <w:rsid w:val="00DD5AC3"/>
     <w:rsid w:val="00DD7CE9"/>
     <w:rsid w:val="00DE1858"/>
     <w:rsid w:val="00DE1A9F"/>
     <w:rsid w:val="00DE2AAC"/>
     <w:rsid w:val="00DE2E34"/>
     <w:rsid w:val="00DE31E4"/>
     <w:rsid w:val="00DE6122"/>
     <w:rsid w:val="00DF0AE6"/>
     <w:rsid w:val="00DF2EFD"/>
     <w:rsid w:val="00DF3676"/>
     <w:rsid w:val="00DF6496"/>
     <w:rsid w:val="00E00E09"/>
     <w:rsid w:val="00E01033"/>
     <w:rsid w:val="00E04A15"/>
     <w:rsid w:val="00E055DB"/>
     <w:rsid w:val="00E056BE"/>
     <w:rsid w:val="00E0632B"/>
     <w:rsid w:val="00E070B6"/>
     <w:rsid w:val="00E07CFC"/>
     <w:rsid w:val="00E10214"/>
     <w:rsid w:val="00E10DD8"/>
     <w:rsid w:val="00E15B38"/>
@@ -10380,50 +10006,51 @@
     <w:rsid w:val="00E9614B"/>
     <w:rsid w:val="00EA027A"/>
     <w:rsid w:val="00EA0986"/>
     <w:rsid w:val="00EA14D0"/>
     <w:rsid w:val="00EA24DF"/>
     <w:rsid w:val="00EA2828"/>
     <w:rsid w:val="00EA369F"/>
     <w:rsid w:val="00EA3712"/>
     <w:rsid w:val="00EA3FFA"/>
     <w:rsid w:val="00EA512F"/>
     <w:rsid w:val="00EA692C"/>
     <w:rsid w:val="00EA78D3"/>
     <w:rsid w:val="00EB1BDB"/>
     <w:rsid w:val="00EB1C3C"/>
     <w:rsid w:val="00EB3E2C"/>
     <w:rsid w:val="00EB414D"/>
     <w:rsid w:val="00EB456B"/>
     <w:rsid w:val="00EB4777"/>
     <w:rsid w:val="00EB7F43"/>
     <w:rsid w:val="00EC3EAB"/>
     <w:rsid w:val="00EC5ACC"/>
     <w:rsid w:val="00EC7EB2"/>
     <w:rsid w:val="00ED0F3F"/>
     <w:rsid w:val="00ED2133"/>
     <w:rsid w:val="00ED3712"/>
+    <w:rsid w:val="00ED525C"/>
     <w:rsid w:val="00EE03E4"/>
     <w:rsid w:val="00EE19F3"/>
     <w:rsid w:val="00EE2373"/>
     <w:rsid w:val="00EE37BB"/>
     <w:rsid w:val="00EE624C"/>
     <w:rsid w:val="00EE7621"/>
     <w:rsid w:val="00EE7FA5"/>
     <w:rsid w:val="00EF0CC8"/>
     <w:rsid w:val="00EF14F8"/>
     <w:rsid w:val="00EF1FB8"/>
     <w:rsid w:val="00EF4035"/>
     <w:rsid w:val="00EF41F9"/>
     <w:rsid w:val="00EF5B53"/>
     <w:rsid w:val="00F0041F"/>
     <w:rsid w:val="00F00F63"/>
     <w:rsid w:val="00F028AA"/>
     <w:rsid w:val="00F02947"/>
     <w:rsid w:val="00F0590A"/>
     <w:rsid w:val="00F06BCB"/>
     <w:rsid w:val="00F075B2"/>
     <w:rsid w:val="00F10AAA"/>
     <w:rsid w:val="00F11D8C"/>
     <w:rsid w:val="00F12714"/>
     <w:rsid w:val="00F12C75"/>
     <w:rsid w:val="00F13C35"/>
@@ -10517,750 +10144,448 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="38065266"/>
+  <w15:docId w15:val="{CB264263-04E6-40DE-83DB-D4272BE3FABE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...678 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E746CE"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E746CE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -11603,51 +10928,51 @@
     <w:rsid w:val="009504F4"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="006A2AA6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="62026855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="77941594">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12438,51 +11763,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2092307745">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -12739,78 +12064,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74D6C478-EA98-4ADC-B99E-1EE852882432}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2DD188A-361F-4688-A553-CAC2D0ABB9B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1029</Words>
-  <Characters>5562</Characters>
+  <Words>1009</Words>
+  <Characters>5581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>129</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6578</CharactersWithSpaces>
+  <CharactersWithSpaces>6520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>André Rodrigues carvalho</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>